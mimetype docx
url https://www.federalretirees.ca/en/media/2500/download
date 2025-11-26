--- v0 (2025-10-09)
+++ v1 (2025-11-26)
@@ -8,51 +8,51 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="01661F32" w14:textId="5EA876E0" w:rsidR="00D528FA" w:rsidRPr="00E612B3" w:rsidRDefault="00DC494F" w:rsidP="004778A0">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="36"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4C6C2349" wp14:editId="1C2D7886">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-379095</wp:posOffset>
@@ -99,78 +99,77 @@
                             <w:pPr>
                               <w:tabs>
                                 <w:tab w:val="num" w:pos="432"/>
                               </w:tabs>
                               <w:ind w:left="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="0070C0"/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:b/>
                                 <w:color w:val="0070C0"/>
                                 <w:sz w:val="28"/>
                               </w:rPr>
                               <w:t>CATÉGORIES</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="6423E2C3" w14:textId="3F4E37AF" w:rsidR="0096290F" w:rsidRPr="00B140D7" w:rsidRDefault="008C6850" w:rsidP="00D528FA">
+                          <w:p w14:paraId="6423E2C3" w14:textId="3F4E37AF" w:rsidR="0096290F" w:rsidRPr="00B140D7" w:rsidRDefault="00000000" w:rsidP="00D528FA">
                             <w:pPr>
                               <w:tabs>
                                 <w:tab w:val="num" w:pos="432"/>
                               </w:tabs>
                               <w:ind w:left="0"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="C00000"/>
                               </w:rPr>
                             </w:pPr>
                             <w:sdt>
                               <w:sdtPr>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:b/>
                                   <w:bCs/>
                                 </w:rPr>
                                 <w:id w:val="-1394497044"/>
                                 <w14:checkbox>
                                   <w14:checked w14:val="0"/>
                                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                                 </w14:checkbox>
                               </w:sdtPr>
-                              <w:sdtEndPr/>
                               <w:sdtContent>
                                 <w:r w:rsidR="00254EAE">
                                   <w:rPr>
                                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                                     <w:b/>
                                     <w:bCs/>
                                     <w:lang w:val="en-CA"/>
                                   </w:rPr>
                                   <w:t>☐</w:t>
                                 </w:r>
                               </w:sdtContent>
                             </w:sdt>
                             <w:r w:rsidR="00BB54C3">
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="32"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidR="00BB54C3" w:rsidRPr="00B140D7">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:b/>
                                 <w:color w:val="C00000"/>
                               </w:rPr>
@@ -218,198 +217,194 @@
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00B140D7">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:b/>
                               </w:rPr>
                               <w:t xml:space="preserve">     </w:t>
                             </w:r>
                             <w:sdt>
                               <w:sdtPr>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:b/>
                                   <w:bCs/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                 </w:rPr>
                                 <w:id w:val="-592402354"/>
                                 <w14:checkbox>
                                   <w14:checked w14:val="0"/>
                                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                                 </w14:checkbox>
                               </w:sdtPr>
-                              <w:sdtEndPr/>
                               <w:sdtContent>
                                 <w:r w:rsidR="001A471B" w:rsidRPr="00B140D7">
                                   <w:rPr>
                                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial"/>
                                     <w:b/>
                                     <w:bCs/>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                   </w:rPr>
                                   <w:t>☐</w:t>
                                 </w:r>
                               </w:sdtContent>
                             </w:sdt>
                             <w:r w:rsidRPr="00B140D7">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:b/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00B140D7">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Recrutement et mobilisation des membres </w:t>
                             </w:r>
                             <w:sdt>
                               <w:sdtPr>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:b/>
                                   <w:bCs/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                 </w:rPr>
                                 <w:id w:val="1354237658"/>
                                 <w14:checkbox>
                                   <w14:checked w14:val="0"/>
                                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                                 </w14:checkbox>
                               </w:sdtPr>
-                              <w:sdtEndPr/>
                               <w:sdtContent>
                                 <w:r w:rsidR="001A471B" w:rsidRPr="00B140D7">
                                   <w:rPr>
                                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial"/>
                                     <w:b/>
                                     <w:bCs/>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                   </w:rPr>
                                   <w:t>☐</w:t>
                                 </w:r>
                               </w:sdtContent>
                             </w:sdt>
                             <w:r w:rsidRPr="00B140D7">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> Recrutement et engagement des bénévoles </w:t>
                             </w:r>
                             <w:sdt>
                               <w:sdtPr>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:b/>
                                   <w:bCs/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                 </w:rPr>
                                 <w:id w:val="1139604881"/>
                                 <w14:checkbox>
                                   <w14:checked w14:val="0"/>
                                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                                 </w14:checkbox>
                               </w:sdtPr>
-                              <w:sdtEndPr/>
                               <w:sdtContent>
                                 <w:r w:rsidR="00254EAE" w:rsidRPr="00B140D7">
                                   <w:rPr>
                                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial"/>
                                     <w:b/>
                                     <w:bCs/>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                   </w:rPr>
                                   <w:t>☐</w:t>
                                 </w:r>
                               </w:sdtContent>
                             </w:sdt>
                             <w:r w:rsidRPr="00B140D7">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve">  Défense des intérêts</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="6481AE4C" w14:textId="77777777" w:rsidR="0011728D" w:rsidRPr="00B140D7" w:rsidRDefault="0011728D" w:rsidP="00D528FA">
                             <w:pPr>
                               <w:tabs>
                                 <w:tab w:val="num" w:pos="432"/>
                               </w:tabs>
                               <w:ind w:left="0"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="5E8618EE" w14:textId="289E5447" w:rsidR="007B702F" w:rsidRPr="00B140D7" w:rsidRDefault="008C6850" w:rsidP="00D528FA">
+                          <w:p w14:paraId="5E8618EE" w14:textId="289E5447" w:rsidR="007B702F" w:rsidRPr="00B140D7" w:rsidRDefault="00000000" w:rsidP="00D528FA">
                             <w:pPr>
                               <w:tabs>
                                 <w:tab w:val="num" w:pos="432"/>
                               </w:tabs>
                               <w:ind w:left="0"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:color w:val="C00000"/>
                               </w:rPr>
                             </w:pPr>
                             <w:sdt>
                               <w:sdtPr>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:b/>
                                   <w:bCs/>
                                 </w:rPr>
                                 <w:id w:val="1009103235"/>
                                 <w14:checkbox>
                                   <w14:checked w14:val="0"/>
                                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                                 </w14:checkbox>
                               </w:sdtPr>
-                              <w:sdtEndPr/>
                               <w:sdtContent>
                                 <w:r w:rsidR="00254EAE" w:rsidRPr="00B140D7">
                                   <w:rPr>
                                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                                     <w:b/>
                                     <w:bCs/>
                                     <w:lang w:val="en-CA"/>
                                   </w:rPr>
                                   <w:t>☐</w:t>
                                 </w:r>
                               </w:sdtContent>
                             </w:sdt>
                             <w:r w:rsidR="00BB54C3" w:rsidRPr="00B140D7">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:b/>
                               </w:rPr>
                               <w:t xml:space="preserve">  </w:t>
                             </w:r>
                             <w:r w:rsidR="00BB54C3" w:rsidRPr="00B140D7">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:b/>
                                 <w:color w:val="C00000"/>
                               </w:rPr>
@@ -457,51 +452,50 @@
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00B140D7">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:b/>
                               </w:rPr>
                               <w:t xml:space="preserve">    </w:t>
                             </w:r>
                             <w:sdt>
                               <w:sdtPr>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:b/>
                                   <w:bCs/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                 </w:rPr>
                                 <w:id w:val="967546844"/>
                                 <w14:checkbox>
                                   <w14:checked w14:val="0"/>
                                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                                 </w14:checkbox>
                               </w:sdtPr>
-                              <w:sdtEndPr/>
                               <w:sdtContent>
                                 <w:r w:rsidR="007F162F" w:rsidRPr="00B140D7">
                                   <w:rPr>
                                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                                     <w:b/>
                                     <w:bCs/>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                   </w:rPr>
                                   <w:t>☐</w:t>
                                 </w:r>
                               </w:sdtContent>
                             </w:sdt>
                             <w:r w:rsidRPr="00B140D7">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00B140D7">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:b/>
@@ -510,150 +504,147 @@
                             </w:r>
                             <w:r w:rsidRPr="00B140D7">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Recrutement et mobilisation des membres </w:t>
                             </w:r>
                             <w:sdt>
                               <w:sdtPr>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:b/>
                                   <w:bCs/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                 </w:rPr>
                                 <w:id w:val="1084335767"/>
                                 <w14:checkbox>
                                   <w14:checked w14:val="0"/>
                                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                                 </w14:checkbox>
                               </w:sdtPr>
-                              <w:sdtEndPr/>
                               <w:sdtContent>
                                 <w:r w:rsidR="001A471B" w:rsidRPr="00B140D7">
                                   <w:rPr>
                                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial"/>
                                     <w:b/>
                                     <w:bCs/>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                   </w:rPr>
                                   <w:t>☐</w:t>
                                 </w:r>
                               </w:sdtContent>
                             </w:sdt>
                             <w:r w:rsidRPr="00B140D7">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> Recrutement et engagement des bénévoles </w:t>
                             </w:r>
                             <w:sdt>
                               <w:sdtPr>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:b/>
                                   <w:bCs/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                 </w:rPr>
                                 <w:id w:val="1082726074"/>
                                 <w14:checkbox>
                                   <w14:checked w14:val="0"/>
                                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                                 </w14:checkbox>
                               </w:sdtPr>
-                              <w:sdtEndPr/>
                               <w:sdtContent>
                                 <w:r w:rsidR="00254EAE" w:rsidRPr="00B140D7">
                                   <w:rPr>
                                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial"/>
                                     <w:b/>
                                     <w:bCs/>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                   </w:rPr>
                                   <w:t>☐</w:t>
                                 </w:r>
                               </w:sdtContent>
                             </w:sdt>
                             <w:r w:rsidRPr="00B140D7">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve">  Défense des intérêts</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="0D6A00CC" w14:textId="77777777" w:rsidR="0011728D" w:rsidRPr="00B140D7" w:rsidRDefault="0011728D" w:rsidP="00D528FA">
                             <w:pPr>
                               <w:tabs>
                                 <w:tab w:val="num" w:pos="432"/>
                               </w:tabs>
                               <w:ind w:left="0"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="C00000"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="59774E48" w14:textId="5C936417" w:rsidR="007B702F" w:rsidRPr="00B140D7" w:rsidRDefault="008C6850" w:rsidP="00D528FA">
+                          <w:p w14:paraId="59774E48" w14:textId="5C936417" w:rsidR="007B702F" w:rsidRPr="00B140D7" w:rsidRDefault="00000000" w:rsidP="00D528FA">
                             <w:pPr>
                               <w:tabs>
                                 <w:tab w:val="num" w:pos="432"/>
                               </w:tabs>
                               <w:ind w:left="0"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:color w:val="C00000"/>
                               </w:rPr>
                             </w:pPr>
                             <w:sdt>
                               <w:sdtPr>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:b/>
                                   <w:bCs/>
                                 </w:rPr>
                                 <w:id w:val="2102365324"/>
                                 <w14:checkbox>
                                   <w14:checked w14:val="0"/>
                                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                                 </w14:checkbox>
                               </w:sdtPr>
-                              <w:sdtEndPr/>
                               <w:sdtContent>
                                 <w:r w:rsidR="005116EF" w:rsidRPr="00B140D7">
                                   <w:rPr>
                                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                                     <w:b/>
                                     <w:bCs/>
                                   </w:rPr>
                                   <w:t>☐</w:t>
                                 </w:r>
                               </w:sdtContent>
                             </w:sdt>
                             <w:r w:rsidR="00BB54C3" w:rsidRPr="00B140D7">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:b/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidR="00BB54C3" w:rsidRPr="00B140D7">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidR="00BB54C3" w:rsidRPr="00B140D7">
@@ -704,191 +695,187 @@
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00B140D7">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:b/>
                               </w:rPr>
                               <w:t xml:space="preserve">     </w:t>
                             </w:r>
                             <w:sdt>
                               <w:sdtPr>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:b/>
                                   <w:bCs/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                 </w:rPr>
                                 <w:id w:val="-1595623680"/>
                                 <w14:checkbox>
                                   <w14:checked w14:val="0"/>
                                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                                 </w14:checkbox>
                               </w:sdtPr>
-                              <w:sdtEndPr/>
                               <w:sdtContent>
                                 <w:r w:rsidR="007F162F" w:rsidRPr="00B140D7">
                                   <w:rPr>
                                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                                     <w:b/>
                                     <w:bCs/>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                   </w:rPr>
                                   <w:t>☐</w:t>
                                 </w:r>
                               </w:sdtContent>
                             </w:sdt>
                             <w:r w:rsidRPr="00B140D7">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Recrutement et mobilisation des membres </w:t>
                             </w:r>
                             <w:sdt>
                               <w:sdtPr>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:b/>
                                   <w:bCs/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                 </w:rPr>
                                 <w:id w:val="784307470"/>
                                 <w14:checkbox>
                                   <w14:checked w14:val="0"/>
                                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                                 </w14:checkbox>
                               </w:sdtPr>
-                              <w:sdtEndPr/>
                               <w:sdtContent>
                                 <w:r w:rsidR="001A471B" w:rsidRPr="00B140D7">
                                   <w:rPr>
                                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial"/>
                                     <w:b/>
                                     <w:bCs/>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                   </w:rPr>
                                   <w:t>☐</w:t>
                                 </w:r>
                               </w:sdtContent>
                             </w:sdt>
                             <w:r w:rsidRPr="00B140D7">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> Recrutement et engagement des bénévoles </w:t>
                             </w:r>
                             <w:sdt>
                               <w:sdtPr>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:b/>
                                   <w:bCs/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                 </w:rPr>
                                 <w:id w:val="-1819568901"/>
                                 <w14:checkbox>
                                   <w14:checked w14:val="0"/>
                                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                                 </w14:checkbox>
                               </w:sdtPr>
-                              <w:sdtEndPr/>
                               <w:sdtContent>
                                 <w:r w:rsidR="00254EAE" w:rsidRPr="00B140D7">
                                   <w:rPr>
                                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial"/>
                                     <w:b/>
                                     <w:bCs/>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                   </w:rPr>
                                   <w:t>☐</w:t>
                                 </w:r>
                               </w:sdtContent>
                             </w:sdt>
                             <w:r w:rsidRPr="00B140D7">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve">  Défense des intérêts</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="22F9D279" w14:textId="77777777" w:rsidR="00BB6A63" w:rsidRPr="00B140D7" w:rsidRDefault="00BB6A63" w:rsidP="00D528FA">
                             <w:pPr>
                               <w:tabs>
                                 <w:tab w:val="num" w:pos="432"/>
                               </w:tabs>
                               <w:ind w:left="0"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="3608610C" w14:textId="39ED7AD0" w:rsidR="005116EF" w:rsidRDefault="008C6850" w:rsidP="005116EF">
+                          <w:p w14:paraId="3608610C" w14:textId="39ED7AD0" w:rsidR="005116EF" w:rsidRDefault="00000000" w:rsidP="005116EF">
                             <w:pPr>
                               <w:tabs>
                                 <w:tab w:val="num" w:pos="432"/>
                               </w:tabs>
                               <w:ind w:left="0"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:color w:val="C00000"/>
                               </w:rPr>
                             </w:pPr>
                             <w:sdt>
                               <w:sdtPr>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:b/>
                                   <w:bCs/>
                                 </w:rPr>
                                 <w:id w:val="1400559056"/>
                                 <w14:checkbox>
                                   <w14:checked w14:val="0"/>
                                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                                 </w14:checkbox>
                               </w:sdtPr>
-                              <w:sdtEndPr/>
                               <w:sdtContent>
                                 <w:r w:rsidR="005116EF" w:rsidRPr="00B140D7">
                                   <w:rPr>
                                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                                     <w:b/>
                                     <w:bCs/>
                                   </w:rPr>
                                   <w:t>☐</w:t>
                                 </w:r>
                               </w:sdtContent>
                             </w:sdt>
                             <w:r w:rsidR="005116EF" w:rsidRPr="00B140D7">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:b/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidR="005116EF" w:rsidRPr="00B140D7">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidR="00C63863" w:rsidRPr="00B140D7">
@@ -981,189 +968,185 @@
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:b/>
                               </w:rPr>
                               <w:t xml:space="preserve">     </w:t>
                             </w:r>
                             <w:sdt>
                               <w:sdtPr>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:b/>
                                   <w:bCs/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                 </w:rPr>
                                 <w:id w:val="-75447033"/>
                                 <w14:checkbox>
                                   <w14:checked w14:val="0"/>
                                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                                 </w14:checkbox>
                               </w:sdtPr>
-                              <w:sdtEndPr/>
                               <w:sdtContent>
                                 <w:r w:rsidR="00BB6A63">
                                   <w:rPr>
                                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                                     <w:b/>
                                     <w:bCs/>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                   </w:rPr>
                                   <w:t>☐</w:t>
                                 </w:r>
                               </w:sdtContent>
                             </w:sdt>
                             <w:r w:rsidRPr="00BB6A63">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Recrutement et mobilisation des membres </w:t>
                             </w:r>
                             <w:sdt>
                               <w:sdtPr>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:b/>
                                   <w:bCs/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                 </w:rPr>
                                 <w:id w:val="73634766"/>
                                 <w14:checkbox>
                                   <w14:checked w14:val="0"/>
                                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                                 </w14:checkbox>
                               </w:sdtPr>
-                              <w:sdtEndPr/>
                               <w:sdtContent>
                                 <w:r w:rsidRPr="00BB6A63">
                                   <w:rPr>
                                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial"/>
                                     <w:b/>
                                     <w:bCs/>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                   </w:rPr>
                                   <w:t>☐</w:t>
                                 </w:r>
                               </w:sdtContent>
                             </w:sdt>
                             <w:r w:rsidRPr="00BB6A63">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> Recrutement et engagement des bénévoles </w:t>
                             </w:r>
                             <w:sdt>
                               <w:sdtPr>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:b/>
                                   <w:bCs/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                 </w:rPr>
                                 <w:id w:val="-1656986586"/>
                                 <w14:checkbox>
                                   <w14:checked w14:val="0"/>
                                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                                 </w14:checkbox>
                               </w:sdtPr>
-                              <w:sdtEndPr/>
                               <w:sdtContent>
                                 <w:r w:rsidRPr="00BB6A63">
                                   <w:rPr>
                                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial"/>
                                     <w:b/>
                                     <w:bCs/>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                   </w:rPr>
                                   <w:t>☐</w:t>
                                 </w:r>
                               </w:sdtContent>
                             </w:sdt>
                             <w:r w:rsidRPr="00BB6A63">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve">  Défense des intérêts</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="353DBD81" w14:textId="77777777" w:rsidR="0011728D" w:rsidRPr="0000568A" w:rsidRDefault="0011728D" w:rsidP="00D528FA">
                             <w:pPr>
                               <w:tabs>
                                 <w:tab w:val="num" w:pos="432"/>
                               </w:tabs>
                               <w:ind w:left="0"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:color w:val="C00000"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="3D91E6E9" w14:textId="72816E20" w:rsidR="00DC4587" w:rsidRDefault="008C6850" w:rsidP="00DC4587">
+                          <w:p w14:paraId="3D91E6E9" w14:textId="72816E20" w:rsidR="00DC4587" w:rsidRDefault="00000000" w:rsidP="00DC4587">
                             <w:pPr>
                               <w:tabs>
                                 <w:tab w:val="num" w:pos="432"/>
                               </w:tabs>
                               <w:ind w:left="0"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:color w:val="C00000"/>
                               </w:rPr>
                             </w:pPr>
                             <w:sdt>
                               <w:sdtPr>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:b/>
                                   <w:bCs/>
                                 </w:rPr>
                                 <w:id w:val="-416025624"/>
                                 <w14:checkbox>
                                   <w14:checked w14:val="0"/>
                                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                                 </w14:checkbox>
                               </w:sdtPr>
-                              <w:sdtEndPr/>
                               <w:sdtContent>
                                 <w:r w:rsidR="00254EAE">
                                   <w:rPr>
                                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                                     <w:b/>
                                     <w:bCs/>
                                     <w:lang w:val="en-CA"/>
                                   </w:rPr>
                                   <w:t>☐</w:t>
                                 </w:r>
                               </w:sdtContent>
                             </w:sdt>
                             <w:r w:rsidR="00BB54C3">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:b/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidR="00BB54C3">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
@@ -1205,51 +1188,50 @@
                               <w:ind w:left="0"/>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:b/>
                               </w:rPr>
                               <w:t xml:space="preserve">     </w:t>
                             </w:r>
                             <w:sdt>
                               <w:sdtPr>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:b/>
                                   <w:bCs/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                 </w:rPr>
                                 <w:id w:val="2109537015"/>
                                 <w14:checkbox>
                                   <w14:checked w14:val="0"/>
                                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                                 </w14:checkbox>
                               </w:sdtPr>
-                              <w:sdtEndPr/>
                               <w:sdtContent>
                                 <w:r w:rsidR="007F162F">
                                   <w:rPr>
                                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                                     <w:b/>
                                     <w:bCs/>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                     <w:lang w:val="en-CA"/>
                                   </w:rPr>
                                   <w:t>☐</w:t>
                                 </w:r>
                               </w:sdtContent>
                             </w:sdt>
                             <w:r>
                               <w:t xml:space="preserve">Recrutement et mobilisation des </w:t>
                             </w:r>
                             <w:proofErr w:type="gramStart"/>
                             <w:r>
                               <w:t>membres  Recrutement</w:t>
                             </w:r>
                             <w:proofErr w:type="gramEnd"/>
                             <w:r>
                               <w:t xml:space="preserve"> et engagement des bénévoles   Défense des intérêts</w:t>
                             </w:r>
@@ -1284,78 +1266,77 @@
                       <w:pPr>
                         <w:tabs>
                           <w:tab w:val="num" w:pos="432"/>
                         </w:tabs>
                         <w:ind w:left="0"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="0070C0"/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                           <w:b/>
                           <w:color w:val="0070C0"/>
                           <w:sz w:val="28"/>
                         </w:rPr>
                         <w:t>CATÉGORIES</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="6423E2C3" w14:textId="3F4E37AF" w:rsidR="0096290F" w:rsidRPr="00B140D7" w:rsidRDefault="008C6850" w:rsidP="00D528FA">
+                    <w:p w14:paraId="6423E2C3" w14:textId="3F4E37AF" w:rsidR="0096290F" w:rsidRPr="00B140D7" w:rsidRDefault="00000000" w:rsidP="00D528FA">
                       <w:pPr>
                         <w:tabs>
                           <w:tab w:val="num" w:pos="432"/>
                         </w:tabs>
                         <w:ind w:left="0"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="C00000"/>
                         </w:rPr>
                       </w:pPr>
                       <w:sdt>
                         <w:sdtPr>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:b/>
                             <w:bCs/>
                           </w:rPr>
                           <w:id w:val="-1394497044"/>
                           <w14:checkbox>
                             <w14:checked w14:val="0"/>
                             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                           </w14:checkbox>
                         </w:sdtPr>
-                        <w:sdtEndPr/>
                         <w:sdtContent>
                           <w:r w:rsidR="00254EAE">
                             <w:rPr>
                               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                               <w:b/>
                               <w:bCs/>
                               <w:lang w:val="en-CA"/>
                             </w:rPr>
                             <w:t>☐</w:t>
                           </w:r>
                         </w:sdtContent>
                       </w:sdt>
                       <w:r w:rsidR="00BB54C3">
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="32"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidR="00BB54C3" w:rsidRPr="00B140D7">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                           <w:b/>
                           <w:color w:val="C00000"/>
                         </w:rPr>
@@ -1403,198 +1384,194 @@
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00B140D7">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                           <w:b/>
                         </w:rPr>
                         <w:t xml:space="preserve">     </w:t>
                       </w:r>
                       <w:sdt>
                         <w:sdtPr>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:b/>
                             <w:bCs/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                           <w:id w:val="-592402354"/>
                           <w14:checkbox>
                             <w14:checked w14:val="0"/>
                             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                           </w14:checkbox>
                         </w:sdtPr>
-                        <w:sdtEndPr/>
                         <w:sdtContent>
                           <w:r w:rsidR="001A471B" w:rsidRPr="00B140D7">
                             <w:rPr>
                               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial"/>
                               <w:b/>
                               <w:bCs/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t>☐</w:t>
                           </w:r>
                         </w:sdtContent>
                       </w:sdt>
                       <w:r w:rsidRPr="00B140D7">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                           <w:b/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00B140D7">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Recrutement et mobilisation des membres </w:t>
                       </w:r>
                       <w:sdt>
                         <w:sdtPr>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:b/>
                             <w:bCs/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                           <w:id w:val="1354237658"/>
                           <w14:checkbox>
                             <w14:checked w14:val="0"/>
                             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                           </w14:checkbox>
                         </w:sdtPr>
-                        <w:sdtEndPr/>
                         <w:sdtContent>
                           <w:r w:rsidR="001A471B" w:rsidRPr="00B140D7">
                             <w:rPr>
                               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial"/>
                               <w:b/>
                               <w:bCs/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t>☐</w:t>
                           </w:r>
                         </w:sdtContent>
                       </w:sdt>
                       <w:r w:rsidRPr="00B140D7">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> Recrutement et engagement des bénévoles </w:t>
                       </w:r>
                       <w:sdt>
                         <w:sdtPr>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:b/>
                             <w:bCs/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                           <w:id w:val="1139604881"/>
                           <w14:checkbox>
                             <w14:checked w14:val="0"/>
                             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                           </w14:checkbox>
                         </w:sdtPr>
-                        <w:sdtEndPr/>
                         <w:sdtContent>
                           <w:r w:rsidR="00254EAE" w:rsidRPr="00B140D7">
                             <w:rPr>
                               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial"/>
                               <w:b/>
                               <w:bCs/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t>☐</w:t>
                           </w:r>
                         </w:sdtContent>
                       </w:sdt>
                       <w:r w:rsidRPr="00B140D7">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve">  Défense des intérêts</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="6481AE4C" w14:textId="77777777" w:rsidR="0011728D" w:rsidRPr="00B140D7" w:rsidRDefault="0011728D" w:rsidP="00D528FA">
                       <w:pPr>
                         <w:tabs>
                           <w:tab w:val="num" w:pos="432"/>
                         </w:tabs>
                         <w:ind w:left="0"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="5E8618EE" w14:textId="289E5447" w:rsidR="007B702F" w:rsidRPr="00B140D7" w:rsidRDefault="008C6850" w:rsidP="00D528FA">
+                    <w:p w14:paraId="5E8618EE" w14:textId="289E5447" w:rsidR="007B702F" w:rsidRPr="00B140D7" w:rsidRDefault="00000000" w:rsidP="00D528FA">
                       <w:pPr>
                         <w:tabs>
                           <w:tab w:val="num" w:pos="432"/>
                         </w:tabs>
                         <w:ind w:left="0"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:color w:val="C00000"/>
                         </w:rPr>
                       </w:pPr>
                       <w:sdt>
                         <w:sdtPr>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:b/>
                             <w:bCs/>
                           </w:rPr>
                           <w:id w:val="1009103235"/>
                           <w14:checkbox>
                             <w14:checked w14:val="0"/>
                             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                           </w14:checkbox>
                         </w:sdtPr>
-                        <w:sdtEndPr/>
                         <w:sdtContent>
                           <w:r w:rsidR="00254EAE" w:rsidRPr="00B140D7">
                             <w:rPr>
                               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                               <w:b/>
                               <w:bCs/>
                               <w:lang w:val="en-CA"/>
                             </w:rPr>
                             <w:t>☐</w:t>
                           </w:r>
                         </w:sdtContent>
                       </w:sdt>
                       <w:r w:rsidR="00BB54C3" w:rsidRPr="00B140D7">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                           <w:b/>
                         </w:rPr>
                         <w:t xml:space="preserve">  </w:t>
                       </w:r>
                       <w:r w:rsidR="00BB54C3" w:rsidRPr="00B140D7">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                           <w:b/>
                           <w:color w:val="C00000"/>
                         </w:rPr>
@@ -1642,51 +1619,50 @@
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00B140D7">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                           <w:b/>
                         </w:rPr>
                         <w:t xml:space="preserve">    </w:t>
                       </w:r>
                       <w:sdt>
                         <w:sdtPr>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:b/>
                             <w:bCs/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                           <w:id w:val="967546844"/>
                           <w14:checkbox>
                             <w14:checked w14:val="0"/>
                             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                           </w14:checkbox>
                         </w:sdtPr>
-                        <w:sdtEndPr/>
                         <w:sdtContent>
                           <w:r w:rsidR="007F162F" w:rsidRPr="00B140D7">
                             <w:rPr>
                               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                               <w:b/>
                               <w:bCs/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t>☐</w:t>
                           </w:r>
                         </w:sdtContent>
                       </w:sdt>
                       <w:r w:rsidRPr="00B140D7">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00B140D7">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                           <w:b/>
@@ -1695,150 +1671,147 @@
                       </w:r>
                       <w:r w:rsidRPr="00B140D7">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Recrutement et mobilisation des membres </w:t>
                       </w:r>
                       <w:sdt>
                         <w:sdtPr>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:b/>
                             <w:bCs/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                           <w:id w:val="1084335767"/>
                           <w14:checkbox>
                             <w14:checked w14:val="0"/>
                             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                           </w14:checkbox>
                         </w:sdtPr>
-                        <w:sdtEndPr/>
                         <w:sdtContent>
                           <w:r w:rsidR="001A471B" w:rsidRPr="00B140D7">
                             <w:rPr>
                               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial"/>
                               <w:b/>
                               <w:bCs/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t>☐</w:t>
                           </w:r>
                         </w:sdtContent>
                       </w:sdt>
                       <w:r w:rsidRPr="00B140D7">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> Recrutement et engagement des bénévoles </w:t>
                       </w:r>
                       <w:sdt>
                         <w:sdtPr>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:b/>
                             <w:bCs/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                           <w:id w:val="1082726074"/>
                           <w14:checkbox>
                             <w14:checked w14:val="0"/>
                             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                           </w14:checkbox>
                         </w:sdtPr>
-                        <w:sdtEndPr/>
                         <w:sdtContent>
                           <w:r w:rsidR="00254EAE" w:rsidRPr="00B140D7">
                             <w:rPr>
                               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial"/>
                               <w:b/>
                               <w:bCs/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t>☐</w:t>
                           </w:r>
                         </w:sdtContent>
                       </w:sdt>
                       <w:r w:rsidRPr="00B140D7">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve">  Défense des intérêts</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="0D6A00CC" w14:textId="77777777" w:rsidR="0011728D" w:rsidRPr="00B140D7" w:rsidRDefault="0011728D" w:rsidP="00D528FA">
                       <w:pPr>
                         <w:tabs>
                           <w:tab w:val="num" w:pos="432"/>
                         </w:tabs>
                         <w:ind w:left="0"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="C00000"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="59774E48" w14:textId="5C936417" w:rsidR="007B702F" w:rsidRPr="00B140D7" w:rsidRDefault="008C6850" w:rsidP="00D528FA">
+                    <w:p w14:paraId="59774E48" w14:textId="5C936417" w:rsidR="007B702F" w:rsidRPr="00B140D7" w:rsidRDefault="00000000" w:rsidP="00D528FA">
                       <w:pPr>
                         <w:tabs>
                           <w:tab w:val="num" w:pos="432"/>
                         </w:tabs>
                         <w:ind w:left="0"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:color w:val="C00000"/>
                         </w:rPr>
                       </w:pPr>
                       <w:sdt>
                         <w:sdtPr>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:b/>
                             <w:bCs/>
                           </w:rPr>
                           <w:id w:val="2102365324"/>
                           <w14:checkbox>
                             <w14:checked w14:val="0"/>
                             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                           </w14:checkbox>
                         </w:sdtPr>
-                        <w:sdtEndPr/>
                         <w:sdtContent>
                           <w:r w:rsidR="005116EF" w:rsidRPr="00B140D7">
                             <w:rPr>
                               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                               <w:b/>
                               <w:bCs/>
                             </w:rPr>
                             <w:t>☐</w:t>
                           </w:r>
                         </w:sdtContent>
                       </w:sdt>
                       <w:r w:rsidR="00BB54C3" w:rsidRPr="00B140D7">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                           <w:b/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidR="00BB54C3" w:rsidRPr="00B140D7">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidR="00BB54C3" w:rsidRPr="00B140D7">
@@ -1889,191 +1862,187 @@
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00B140D7">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                           <w:b/>
                         </w:rPr>
                         <w:t xml:space="preserve">     </w:t>
                       </w:r>
                       <w:sdt>
                         <w:sdtPr>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:b/>
                             <w:bCs/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                           <w:id w:val="-1595623680"/>
                           <w14:checkbox>
                             <w14:checked w14:val="0"/>
                             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                           </w14:checkbox>
                         </w:sdtPr>
-                        <w:sdtEndPr/>
                         <w:sdtContent>
                           <w:r w:rsidR="007F162F" w:rsidRPr="00B140D7">
                             <w:rPr>
                               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                               <w:b/>
                               <w:bCs/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t>☐</w:t>
                           </w:r>
                         </w:sdtContent>
                       </w:sdt>
                       <w:r w:rsidRPr="00B140D7">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Recrutement et mobilisation des membres </w:t>
                       </w:r>
                       <w:sdt>
                         <w:sdtPr>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:b/>
                             <w:bCs/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                           <w:id w:val="784307470"/>
                           <w14:checkbox>
                             <w14:checked w14:val="0"/>
                             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                           </w14:checkbox>
                         </w:sdtPr>
-                        <w:sdtEndPr/>
                         <w:sdtContent>
                           <w:r w:rsidR="001A471B" w:rsidRPr="00B140D7">
                             <w:rPr>
                               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial"/>
                               <w:b/>
                               <w:bCs/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t>☐</w:t>
                           </w:r>
                         </w:sdtContent>
                       </w:sdt>
                       <w:r w:rsidRPr="00B140D7">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> Recrutement et engagement des bénévoles </w:t>
                       </w:r>
                       <w:sdt>
                         <w:sdtPr>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:b/>
                             <w:bCs/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                           <w:id w:val="-1819568901"/>
                           <w14:checkbox>
                             <w14:checked w14:val="0"/>
                             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                           </w14:checkbox>
                         </w:sdtPr>
-                        <w:sdtEndPr/>
                         <w:sdtContent>
                           <w:r w:rsidR="00254EAE" w:rsidRPr="00B140D7">
                             <w:rPr>
                               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial"/>
                               <w:b/>
                               <w:bCs/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t>☐</w:t>
                           </w:r>
                         </w:sdtContent>
                       </w:sdt>
                       <w:r w:rsidRPr="00B140D7">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve">  Défense des intérêts</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="22F9D279" w14:textId="77777777" w:rsidR="00BB6A63" w:rsidRPr="00B140D7" w:rsidRDefault="00BB6A63" w:rsidP="00D528FA">
                       <w:pPr>
                         <w:tabs>
                           <w:tab w:val="num" w:pos="432"/>
                         </w:tabs>
                         <w:ind w:left="0"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="3608610C" w14:textId="39ED7AD0" w:rsidR="005116EF" w:rsidRDefault="008C6850" w:rsidP="005116EF">
+                    <w:p w14:paraId="3608610C" w14:textId="39ED7AD0" w:rsidR="005116EF" w:rsidRDefault="00000000" w:rsidP="005116EF">
                       <w:pPr>
                         <w:tabs>
                           <w:tab w:val="num" w:pos="432"/>
                         </w:tabs>
                         <w:ind w:left="0"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:color w:val="C00000"/>
                         </w:rPr>
                       </w:pPr>
                       <w:sdt>
                         <w:sdtPr>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:b/>
                             <w:bCs/>
                           </w:rPr>
                           <w:id w:val="1400559056"/>
                           <w14:checkbox>
                             <w14:checked w14:val="0"/>
                             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                           </w14:checkbox>
                         </w:sdtPr>
-                        <w:sdtEndPr/>
                         <w:sdtContent>
                           <w:r w:rsidR="005116EF" w:rsidRPr="00B140D7">
                             <w:rPr>
                               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                               <w:b/>
                               <w:bCs/>
                             </w:rPr>
                             <w:t>☐</w:t>
                           </w:r>
                         </w:sdtContent>
                       </w:sdt>
                       <w:r w:rsidR="005116EF" w:rsidRPr="00B140D7">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                           <w:b/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidR="005116EF" w:rsidRPr="00B140D7">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidR="00C63863" w:rsidRPr="00B140D7">
@@ -2166,189 +2135,185 @@
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                           <w:b/>
                         </w:rPr>
                         <w:t xml:space="preserve">     </w:t>
                       </w:r>
                       <w:sdt>
                         <w:sdtPr>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:b/>
                             <w:bCs/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                           <w:id w:val="-75447033"/>
                           <w14:checkbox>
                             <w14:checked w14:val="0"/>
                             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                           </w14:checkbox>
                         </w:sdtPr>
-                        <w:sdtEndPr/>
                         <w:sdtContent>
                           <w:r w:rsidR="00BB6A63">
                             <w:rPr>
                               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                               <w:b/>
                               <w:bCs/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t>☐</w:t>
                           </w:r>
                         </w:sdtContent>
                       </w:sdt>
                       <w:r w:rsidRPr="00BB6A63">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Recrutement et mobilisation des membres </w:t>
                       </w:r>
                       <w:sdt>
                         <w:sdtPr>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:b/>
                             <w:bCs/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                           <w:id w:val="73634766"/>
                           <w14:checkbox>
                             <w14:checked w14:val="0"/>
                             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                           </w14:checkbox>
                         </w:sdtPr>
-                        <w:sdtEndPr/>
                         <w:sdtContent>
                           <w:r w:rsidRPr="00BB6A63">
                             <w:rPr>
                               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial"/>
                               <w:b/>
                               <w:bCs/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t>☐</w:t>
                           </w:r>
                         </w:sdtContent>
                       </w:sdt>
                       <w:r w:rsidRPr="00BB6A63">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> Recrutement et engagement des bénévoles </w:t>
                       </w:r>
                       <w:sdt>
                         <w:sdtPr>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:b/>
                             <w:bCs/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                           <w:id w:val="-1656986586"/>
                           <w14:checkbox>
                             <w14:checked w14:val="0"/>
                             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                           </w14:checkbox>
                         </w:sdtPr>
-                        <w:sdtEndPr/>
                         <w:sdtContent>
                           <w:r w:rsidRPr="00BB6A63">
                             <w:rPr>
                               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial"/>
                               <w:b/>
                               <w:bCs/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t>☐</w:t>
                           </w:r>
                         </w:sdtContent>
                       </w:sdt>
                       <w:r w:rsidRPr="00BB6A63">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve">  Défense des intérêts</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="353DBD81" w14:textId="77777777" w:rsidR="0011728D" w:rsidRPr="0000568A" w:rsidRDefault="0011728D" w:rsidP="00D528FA">
                       <w:pPr>
                         <w:tabs>
                           <w:tab w:val="num" w:pos="432"/>
                         </w:tabs>
                         <w:ind w:left="0"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:color w:val="C00000"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="3D91E6E9" w14:textId="72816E20" w:rsidR="00DC4587" w:rsidRDefault="008C6850" w:rsidP="00DC4587">
+                    <w:p w14:paraId="3D91E6E9" w14:textId="72816E20" w:rsidR="00DC4587" w:rsidRDefault="00000000" w:rsidP="00DC4587">
                       <w:pPr>
                         <w:tabs>
                           <w:tab w:val="num" w:pos="432"/>
                         </w:tabs>
                         <w:ind w:left="0"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:color w:val="C00000"/>
                         </w:rPr>
                       </w:pPr>
                       <w:sdt>
                         <w:sdtPr>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:b/>
                             <w:bCs/>
                           </w:rPr>
                           <w:id w:val="-416025624"/>
                           <w14:checkbox>
                             <w14:checked w14:val="0"/>
                             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                           </w14:checkbox>
                         </w:sdtPr>
-                        <w:sdtEndPr/>
                         <w:sdtContent>
                           <w:r w:rsidR="00254EAE">
                             <w:rPr>
                               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                               <w:b/>
                               <w:bCs/>
                               <w:lang w:val="en-CA"/>
                             </w:rPr>
                             <w:t>☐</w:t>
                           </w:r>
                         </w:sdtContent>
                       </w:sdt>
                       <w:r w:rsidR="00BB54C3">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                           <w:b/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidR="00BB54C3">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
@@ -2390,51 +2355,50 @@
                         <w:ind w:left="0"/>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                           <w:b/>
                         </w:rPr>
                         <w:t xml:space="preserve">     </w:t>
                       </w:r>
                       <w:sdt>
                         <w:sdtPr>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:b/>
                             <w:bCs/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                           <w:id w:val="2109537015"/>
                           <w14:checkbox>
                             <w14:checked w14:val="0"/>
                             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                           </w14:checkbox>
                         </w:sdtPr>
-                        <w:sdtEndPr/>
                         <w:sdtContent>
                           <w:r w:rsidR="007F162F">
                             <w:rPr>
                               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                               <w:b/>
                               <w:bCs/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="en-CA"/>
                             </w:rPr>
                             <w:t>☐</w:t>
                           </w:r>
                         </w:sdtContent>
                       </w:sdt>
                       <w:r>
                         <w:t xml:space="preserve">Recrutement et mobilisation des </w:t>
                       </w:r>
                       <w:proofErr w:type="gramStart"/>
                       <w:r>
                         <w:t>membres  Recrutement</w:t>
                       </w:r>
                       <w:proofErr w:type="gramEnd"/>
                       <w:r>
                         <w:t xml:space="preserve"> et engagement des bénévoles   Défense des intérêts</w:t>
                       </w:r>
@@ -2830,113 +2794,120 @@
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Annexez les documents d'appui à la candidature.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="639FF5C5" w14:textId="0383A79A" w:rsidR="00AF4873" w:rsidRPr="008947BB" w:rsidRDefault="00B01349" w:rsidP="00DF14E3">
+    <w:p w14:paraId="639FF5C5" w14:textId="6C849B19" w:rsidR="00AF4873" w:rsidRPr="008947BB" w:rsidRDefault="00B01349" w:rsidP="00DF14E3">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Envoyez la candidature d’ici</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve">16 h (HNE), le vendredi </w:t>
       </w:r>
       <w:r w:rsidR="00905F84">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="C00000"/>
         </w:rPr>
-        <w:t>21</w:t>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00556873">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+        <w:t>0</w:t>
       </w:r>
       <w:r w:rsidR="009719CF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>février 202</w:t>
       </w:r>
-      <w:r w:rsidR="00905F84">
+      <w:r w:rsidR="00556873">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="C00000"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve"> à Gail Curran, agente de l'engagement des bénévoles, à </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           </w:rPr>
           <w:t>gcurran@retraitesfederaux.ca</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="0AA46401" w14:textId="77777777" w:rsidR="00AF4873" w:rsidRPr="0000568A" w:rsidRDefault="00AF4873" w:rsidP="00DF14E3">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
@@ -5101,76 +5072,76 @@
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1C358641" w14:textId="77777777" w:rsidR="001430F8" w:rsidRPr="0000568A" w:rsidRDefault="001430F8" w:rsidP="004E5F78">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="001430F8" w:rsidRPr="0000568A" w:rsidSect="00FD5D6A">
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1134" w:right="1440" w:bottom="1134" w:left="1797" w:header="113" w:footer="340" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4BBF0BF5" w14:textId="77777777" w:rsidR="00976C43" w:rsidRDefault="00976C43">
+    <w:p w14:paraId="72D4B5D8" w14:textId="77777777" w:rsidR="00D31745" w:rsidRDefault="00D31745">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="111A5E3B" w14:textId="77777777" w:rsidR="00976C43" w:rsidRDefault="00976C43">
+    <w:p w14:paraId="732AA763" w14:textId="77777777" w:rsidR="00D31745" w:rsidRDefault="00D31745">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -5181,158 +5152,166 @@
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Trebuchet MS">
     <w:panose1 w:val="020B0603020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="7B2F6041" w14:textId="432388AE" w:rsidR="007B702F" w:rsidRPr="00672537" w:rsidRDefault="007B702F" w:rsidP="00B01349">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7B2F6041" w14:textId="44F31CEC" w:rsidR="007B702F" w:rsidRPr="00672537" w:rsidRDefault="007B702F" w:rsidP="00B01349">
     <w:pPr>
       <w:ind w:left="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:color w:val="C00000"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:color w:val="C00000"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">La date d’échéance des candidatures est le vendredi </w:t>
     </w:r>
     <w:r w:rsidR="005F6DFD">
       <w:rPr>
         <w:b/>
         <w:color w:val="C00000"/>
         <w:sz w:val="22"/>
       </w:rPr>
-      <w:t>21</w:t>
+      <w:t>2</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00556873">
       <w:rPr>
         <w:b/>
         <w:color w:val="C00000"/>
         <w:sz w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve"> février 202</w:t>
+      <w:t>0</w:t>
     </w:r>
-    <w:r w:rsidR="005F6DFD">
+    <w:r>
       <w:rPr>
         <w:b/>
         <w:color w:val="C00000"/>
         <w:sz w:val="22"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t xml:space="preserve"> février 202</w:t>
+    </w:r>
+    <w:r w:rsidR="00556873">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="C00000"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t>6</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:color w:val="C00000"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:t>, à 16 h (HNE).</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="13070D7F" w14:textId="77777777" w:rsidR="00976C43" w:rsidRDefault="00976C43">
+    <w:p w14:paraId="5856DB34" w14:textId="77777777" w:rsidR="00D31745" w:rsidRDefault="00D31745">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="072D1311" w14:textId="77777777" w:rsidR="00976C43" w:rsidRDefault="00976C43">
+    <w:p w14:paraId="62DB9EDD" w14:textId="77777777" w:rsidR="00D31745" w:rsidRDefault="00D31745">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="132BE898" w14:textId="3E5905A2" w:rsidR="007B702F" w:rsidRDefault="00DC494F" w:rsidP="00B93A79">
     <w:pPr>
       <w:pStyle w:val="Heading1"/>
       <w:ind w:left="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:bCs w:val="0"/>
         <w:iCs/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="28"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="036C6475" wp14:editId="73F5F8DC">
           <wp:extent cx="1806575" cy="747395"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="1" name="Picture 1"/>
@@ -5359,102 +5338,110 @@
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1806575" cy="747395"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1686C5B2" w14:textId="5D204213" w:rsidR="007B702F" w:rsidRPr="001A471B" w:rsidRDefault="007B702F" w:rsidP="00DF14E3">
+  <w:p w14:paraId="1686C5B2" w14:textId="0E7D8D2B" w:rsidR="007B702F" w:rsidRPr="001A471B" w:rsidRDefault="007B702F" w:rsidP="00DF14E3">
     <w:pPr>
       <w:pStyle w:val="Heading1"/>
       <w:spacing w:before="0" w:after="240" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:bCs w:val="0"/>
         <w:iCs/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="0070C0"/>
         <w:sz w:val="28"/>
       </w:rPr>
       <w:br/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="28"/>
       </w:rPr>
       <w:t>Formulaire </w:t>
     </w:r>
     <w:r w:rsidR="00955E9E">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="28"/>
       </w:rPr>
-      <w:t>2025</w:t>
+      <w:t>202</w:t>
+    </w:r>
+    <w:r w:rsidR="00556873">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="0070C0"/>
+        <w:sz w:val="28"/>
+      </w:rPr>
+      <w:t>6</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="28"/>
       </w:rPr>
       <w:t xml:space="preserve"> de candidature aux prix d’excellence des sections</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="016B1195"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="84D2FA70"/>
     <w:lvl w:ilvl="0" w:tplc="5C883E8C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="216" w:hanging="216"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
@@ -9125,51 +9112,51 @@
   <w:num w:numId="28" w16cid:durableId="470562205">
     <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="590088004">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="714620773">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="691806138">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1462840264">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="50691622">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="1031105438">
     <w:abstractNumId w:val="26"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:mirrorMargins/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -9287,73 +9274,75 @@
     <w:rsid w:val="00433BA9"/>
     <w:rsid w:val="00434F48"/>
     <w:rsid w:val="00435EE5"/>
     <w:rsid w:val="00436FC2"/>
     <w:rsid w:val="004464A8"/>
     <w:rsid w:val="004469DB"/>
     <w:rsid w:val="0045292A"/>
     <w:rsid w:val="004579D4"/>
     <w:rsid w:val="004778A0"/>
     <w:rsid w:val="004A1B7A"/>
     <w:rsid w:val="004B0AC9"/>
     <w:rsid w:val="004B1891"/>
     <w:rsid w:val="004B2B8B"/>
     <w:rsid w:val="004C37EA"/>
     <w:rsid w:val="004C3DFA"/>
     <w:rsid w:val="004E46C4"/>
     <w:rsid w:val="004E5F78"/>
     <w:rsid w:val="005116EF"/>
     <w:rsid w:val="005137C6"/>
     <w:rsid w:val="00522746"/>
     <w:rsid w:val="00523EC4"/>
     <w:rsid w:val="0052530D"/>
     <w:rsid w:val="00530DF7"/>
     <w:rsid w:val="005501D5"/>
     <w:rsid w:val="00553342"/>
+    <w:rsid w:val="00556873"/>
     <w:rsid w:val="00562B57"/>
     <w:rsid w:val="00566EEF"/>
     <w:rsid w:val="00574413"/>
     <w:rsid w:val="0058698F"/>
     <w:rsid w:val="0059736F"/>
     <w:rsid w:val="00597B3E"/>
     <w:rsid w:val="005A08FB"/>
     <w:rsid w:val="005B0229"/>
     <w:rsid w:val="005C15BA"/>
     <w:rsid w:val="005D0FE2"/>
     <w:rsid w:val="005E1BF4"/>
     <w:rsid w:val="005F6DFD"/>
     <w:rsid w:val="00614589"/>
     <w:rsid w:val="0062777A"/>
     <w:rsid w:val="006508E0"/>
     <w:rsid w:val="00672537"/>
     <w:rsid w:val="006739D2"/>
     <w:rsid w:val="00673F28"/>
     <w:rsid w:val="00676422"/>
     <w:rsid w:val="00686583"/>
     <w:rsid w:val="00697290"/>
     <w:rsid w:val="006C28E8"/>
     <w:rsid w:val="006C5499"/>
+    <w:rsid w:val="006D4508"/>
     <w:rsid w:val="006E43A3"/>
     <w:rsid w:val="006E441C"/>
     <w:rsid w:val="006F0254"/>
     <w:rsid w:val="006F4B9D"/>
     <w:rsid w:val="00703769"/>
     <w:rsid w:val="007076AC"/>
     <w:rsid w:val="0072022D"/>
     <w:rsid w:val="00727087"/>
     <w:rsid w:val="0073553F"/>
     <w:rsid w:val="00737019"/>
     <w:rsid w:val="007370F2"/>
     <w:rsid w:val="00743C0F"/>
     <w:rsid w:val="00746A61"/>
     <w:rsid w:val="00750E82"/>
     <w:rsid w:val="0075650B"/>
     <w:rsid w:val="007623E4"/>
     <w:rsid w:val="007647B4"/>
     <w:rsid w:val="007667EB"/>
     <w:rsid w:val="00766A15"/>
     <w:rsid w:val="00772573"/>
     <w:rsid w:val="0077717B"/>
     <w:rsid w:val="00783254"/>
     <w:rsid w:val="007913EC"/>
     <w:rsid w:val="007927C5"/>
     <w:rsid w:val="007A23FF"/>
@@ -9414,50 +9403,51 @@
     <w:rsid w:val="0096290F"/>
     <w:rsid w:val="009719CF"/>
     <w:rsid w:val="00973620"/>
     <w:rsid w:val="0097412D"/>
     <w:rsid w:val="00974B62"/>
     <w:rsid w:val="00976C43"/>
     <w:rsid w:val="00977915"/>
     <w:rsid w:val="009821B6"/>
     <w:rsid w:val="00982B48"/>
     <w:rsid w:val="00994C3F"/>
     <w:rsid w:val="00995C4B"/>
     <w:rsid w:val="009A26C9"/>
     <w:rsid w:val="009B2F50"/>
     <w:rsid w:val="009B3707"/>
     <w:rsid w:val="009C40F4"/>
     <w:rsid w:val="009C5565"/>
     <w:rsid w:val="009D194A"/>
     <w:rsid w:val="009D21F4"/>
     <w:rsid w:val="009D6CB4"/>
     <w:rsid w:val="009E14AF"/>
     <w:rsid w:val="009F2A58"/>
     <w:rsid w:val="00A0531B"/>
     <w:rsid w:val="00A0700D"/>
     <w:rsid w:val="00A17DBA"/>
     <w:rsid w:val="00A3103C"/>
+    <w:rsid w:val="00A4542E"/>
     <w:rsid w:val="00A46141"/>
     <w:rsid w:val="00A47424"/>
     <w:rsid w:val="00A7222B"/>
     <w:rsid w:val="00A73064"/>
     <w:rsid w:val="00A834B5"/>
     <w:rsid w:val="00A91D43"/>
     <w:rsid w:val="00A94A69"/>
     <w:rsid w:val="00A976F9"/>
     <w:rsid w:val="00A97E19"/>
     <w:rsid w:val="00AA1AE3"/>
     <w:rsid w:val="00AC366A"/>
     <w:rsid w:val="00AD30A0"/>
     <w:rsid w:val="00AD4792"/>
     <w:rsid w:val="00AF0002"/>
     <w:rsid w:val="00AF2DCB"/>
     <w:rsid w:val="00AF3BA2"/>
     <w:rsid w:val="00AF4873"/>
     <w:rsid w:val="00B01349"/>
     <w:rsid w:val="00B05195"/>
     <w:rsid w:val="00B05CD7"/>
     <w:rsid w:val="00B10718"/>
     <w:rsid w:val="00B140D7"/>
     <w:rsid w:val="00B20581"/>
     <w:rsid w:val="00B22671"/>
     <w:rsid w:val="00B3409C"/>
@@ -9503,50 +9493,51 @@
     <w:rsid w:val="00C63863"/>
     <w:rsid w:val="00C64325"/>
     <w:rsid w:val="00C670CF"/>
     <w:rsid w:val="00C7000A"/>
     <w:rsid w:val="00C72135"/>
     <w:rsid w:val="00C93910"/>
     <w:rsid w:val="00CA0BC0"/>
     <w:rsid w:val="00CA37D6"/>
     <w:rsid w:val="00CA3B14"/>
     <w:rsid w:val="00CA6895"/>
     <w:rsid w:val="00CB118C"/>
     <w:rsid w:val="00CB7746"/>
     <w:rsid w:val="00CB7952"/>
     <w:rsid w:val="00CC0295"/>
     <w:rsid w:val="00CC57D1"/>
     <w:rsid w:val="00CD2467"/>
     <w:rsid w:val="00CE428C"/>
     <w:rsid w:val="00CF002B"/>
     <w:rsid w:val="00CF62C9"/>
     <w:rsid w:val="00D03084"/>
     <w:rsid w:val="00D036CD"/>
     <w:rsid w:val="00D06A6E"/>
     <w:rsid w:val="00D109B2"/>
     <w:rsid w:val="00D13FEC"/>
     <w:rsid w:val="00D252FA"/>
+    <w:rsid w:val="00D31745"/>
     <w:rsid w:val="00D36C3E"/>
     <w:rsid w:val="00D4184C"/>
     <w:rsid w:val="00D528FA"/>
     <w:rsid w:val="00D53C85"/>
     <w:rsid w:val="00D84EB1"/>
     <w:rsid w:val="00D93241"/>
     <w:rsid w:val="00D97F33"/>
     <w:rsid w:val="00DA042E"/>
     <w:rsid w:val="00DA0816"/>
     <w:rsid w:val="00DA2C20"/>
     <w:rsid w:val="00DA4656"/>
     <w:rsid w:val="00DB1293"/>
     <w:rsid w:val="00DB3EA5"/>
     <w:rsid w:val="00DC4587"/>
     <w:rsid w:val="00DC494F"/>
     <w:rsid w:val="00DC5B3E"/>
     <w:rsid w:val="00DD4151"/>
     <w:rsid w:val="00DD5BDF"/>
     <w:rsid w:val="00DD76B7"/>
     <w:rsid w:val="00DE360D"/>
     <w:rsid w:val="00DF14E3"/>
     <w:rsid w:val="00DF6BF2"/>
     <w:rsid w:val="00E070AB"/>
     <w:rsid w:val="00E34076"/>
     <w:rsid w:val="00E612B3"/>
@@ -9593,51 +9584,51 @@
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-CA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2A3C0DD6"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{CAE83DE1-0BAF-452D-B25F-17B9347BD3B6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="fr-CA" w:eastAsia="en-CA" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -10483,51 +10474,51 @@
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-CA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00EA64A3"/>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="fr-CA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="524365820">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="627320848">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -10862,50 +10853,59 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100938B8DACE1E9DD419FCE00D584FA6C37" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="5f6be15a136c4c120190ec94e618a54d">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="cca1fe8d-7008-4cf4-b9bb-be0bef693b5b" xmlns:ns3="9e9a0c9f-933a-4edd-ad93-7775c6c3041b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3e8cf17f0e8ce877617ac2fd59930bdb" ns2:_="" ns3:_="">
     <xsd:import namespace="cca1fe8d-7008-4cf4-b9bb-be0bef693b5b"/>
     <xsd:import namespace="9e9a0c9f-933a-4edd-ad93-7775c6c3041b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
@@ -11110,150 +11110,141 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="9e9a0c9f-933a-4edd-ad93-7775c6c3041b" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="cca1fe8d-7008-4cf4-b9bb-be0bef693b5b">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{14174619-905E-48C0-8ADA-CB6786FAFC1C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A378C96C-4A81-4B97-899B-89B741CB7EAA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="cca1fe8d-7008-4cf4-b9bb-be0bef693b5b"/>
     <ds:schemaRef ds:uri="9e9a0c9f-933a-4edd-ad93-7775c6c3041b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{14174619-905E-48C0-8ADA-CB6786FAFC1C}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{90222F0C-7A7C-41CE-8527-02D3AAD7CA9B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B0A4E50E-2915-4453-9896-419DE73E3375}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="9e9a0c9f-933a-4edd-ad93-7775c6c3041b"/>
     <ds:schemaRef ds:uri="cca1fe8d-7008-4cf4-b9bb-be0bef693b5b"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>900</Words>
-  <Characters>5133</Characters>
+  <Words>895</Words>
+  <Characters>5138</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>42</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>190</Lines>
+  <Paragraphs>72</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Nominating Process modifications to be considered</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6021</CharactersWithSpaces>
+  <CharactersWithSpaces>5961</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>589860</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:gcurran@federalretirees.ca</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>