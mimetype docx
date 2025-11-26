--- v0 (2025-10-09)
+++ v1 (2025-11-26)
@@ -7,51 +7,51 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="40635CC0" w14:textId="349FC878" w:rsidR="00565B5A" w:rsidRPr="00E612B3" w:rsidRDefault="00A02B8C" w:rsidP="00565B5A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="34FCCA43" wp14:editId="4FC4312F">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-198120</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>283210</wp:posOffset>
@@ -635,149 +635,157 @@
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00397AFE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Annexez les documents d'appui, dont le nom du candidat et la catégorie de prix</w:t>
       </w:r>
       <w:r w:rsidRPr="00397AFE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07C3F15B" w14:textId="74E02ACA" w:rsidR="00565B5A" w:rsidRPr="00397AFE" w:rsidRDefault="00565B5A" w:rsidP="00565B5A">
+    <w:p w14:paraId="07C3F15B" w14:textId="261DF6FA" w:rsidR="00565B5A" w:rsidRPr="00397AFE" w:rsidRDefault="00565B5A" w:rsidP="00565B5A">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="C00000"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00397AFE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Envoyez la candidature d'ici</w:t>
       </w:r>
       <w:r w:rsidRPr="00397AFE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00397AFE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="C00000"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16 h (HNE), le </w:t>
       </w:r>
       <w:r w:rsidR="00F40843">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="C00000"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">vendredi </w:t>
       </w:r>
       <w:r w:rsidR="00047876">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="C00000"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>21</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00047876">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC430F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="C00000"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F26415">
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00047876">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="C00000"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>février</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E11E73" w:rsidRPr="00397AFE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F26415">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="C00000"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00047876" w:rsidRPr="00397AFE">
+        <w:t>février</w:t>
+      </w:r>
+      <w:r w:rsidR="00E11E73" w:rsidRPr="00397AFE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="C00000"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>20</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00047876">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00047876" w:rsidRPr="00397AFE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="C00000"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>2</w:t>
+        <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="00047876">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="C00000"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC430F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00397AFE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="C00000"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>, à Gail Curran, agente de l'engagement des bénévoles</w:t>
       </w:r>
       <w:r w:rsidR="001844BA" w:rsidRPr="00397AFE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="C00000"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidR="001844BA" w:rsidRPr="00397AFE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:t>gcurran@retraitesfederaux.ca</w:t>
@@ -1878,51 +1886,50 @@
             <w:pPr>
               <w:pStyle w:val="BodyText3"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00397AFE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Claude Edwards a été président national de l'Association de 1989 à 1998. Ses démarches de défense des intérêts ont permis d'instituer le Régime de services dentaires pour les pensionnés du gouvernement fédéral. Décerné en son honneur, ce prix reconnaît un bénévole de l'Association qui a fait montre d'un leadership exceptionnel et de persévérance dans l'avancement de causes de l'Association avantageuses pour les membres.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00565B5A" w:rsidRPr="00E612B3" w14:paraId="1197D3C9" w14:textId="77777777" w:rsidTr="00565B5A">
         <w:trPr>
           <w:trHeight w:val="900"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9914" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3C688A8B" w14:textId="77777777" w:rsidR="00565B5A" w:rsidRPr="00397AFE" w:rsidRDefault="00565B5A" w:rsidP="00C92CB9">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="31"/>
               </w:numPr>
               <w:ind w:left="356"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00397AFE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Décrivez les antécédents du candidat au sein de l'Association.</w:t>
             </w:r>
@@ -4092,76 +4099,76 @@
         </w:tabs>
         <w:rPr>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00CC768A" w:rsidRPr="00CC768A" w:rsidSect="00397AFE">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="863" w:right="1440" w:bottom="1134" w:left="1797" w:header="113" w:footer="340" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="116A9E5C" w14:textId="77777777" w:rsidR="0070720A" w:rsidRDefault="0070720A">
+    <w:p w14:paraId="5522844A" w14:textId="77777777" w:rsidR="00A611E5" w:rsidRDefault="00A611E5">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="292A90DD" w14:textId="77777777" w:rsidR="0070720A" w:rsidRDefault="0070720A">
+    <w:p w14:paraId="5435AEC5" w14:textId="77777777" w:rsidR="00A611E5" w:rsidRDefault="00A611E5">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -4172,201 +4179,210 @@
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Trebuchet MS">
     <w:panose1 w:val="020B0603020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="679BE083" w14:textId="03017DCF" w:rsidR="00F94C73" w:rsidRPr="00397AFE" w:rsidRDefault="00F94C73" w:rsidP="00565B5A">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="679BE083" w14:textId="4BCD12FC" w:rsidR="00F94C73" w:rsidRPr="00397AFE" w:rsidRDefault="00F94C73" w:rsidP="00565B5A">
     <w:pPr>
       <w:ind w:left="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="C00000"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00397AFE">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="C00000"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">La date butoir des candidatures est le </w:t>
     </w:r>
     <w:r w:rsidR="00F40843">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="C00000"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">vendredi </w:t>
     </w:r>
     <w:r w:rsidR="00047876">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="C00000"/>
         <w:sz w:val="22"/>
       </w:rPr>
-      <w:t>21</w:t>
+      <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidR="00047876">
+    <w:r w:rsidR="00BC430F">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="C00000"/>
         <w:sz w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve"> </w:t>
+      <w:t>0</w:t>
     </w:r>
-    <w:r w:rsidR="00F26415">
+    <w:r w:rsidR="00047876">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="C00000"/>
         <w:sz w:val="22"/>
       </w:rPr>
-      <w:t>février</w:t>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="00E11E73">
+    <w:r w:rsidR="00F26415">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="C00000"/>
         <w:sz w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve"> </w:t>
+      <w:t>février</w:t>
     </w:r>
-    <w:r w:rsidR="00047876" w:rsidRPr="00397AFE">
+    <w:r w:rsidR="00E11E73">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="C00000"/>
         <w:sz w:val="22"/>
       </w:rPr>
-      <w:t>20</w:t>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="00047876">
+    <w:r w:rsidR="00047876" w:rsidRPr="00397AFE">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="C00000"/>
         <w:sz w:val="22"/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>20</w:t>
     </w:r>
     <w:r w:rsidR="00047876">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="C00000"/>
         <w:sz w:val="22"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r w:rsidR="00BC430F">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:color w:val="C00000"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="00397AFE">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="C00000"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:t>, à 16 h (HNE).</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="32CFEA96" w14:textId="77777777" w:rsidR="0070720A" w:rsidRDefault="0070720A">
+    <w:p w14:paraId="25CC24BB" w14:textId="77777777" w:rsidR="00A611E5" w:rsidRDefault="00A611E5">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3108C54F" w14:textId="77777777" w:rsidR="0070720A" w:rsidRDefault="0070720A">
+    <w:p w14:paraId="47A3DF80" w14:textId="77777777" w:rsidR="00A611E5" w:rsidRDefault="00A611E5">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1700121A" w14:textId="6F31CD36" w:rsidR="00A84FD3" w:rsidRDefault="00A02B8C" w:rsidP="00565B5A">
     <w:pPr>
       <w:pStyle w:val="Heading1"/>
       <w:spacing w:before="0" w:after="240" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="28"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2013DDAF" wp14:editId="02D98E39">
           <wp:extent cx="1873250" cy="791845"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="1" name="Picture 1"/>
           <wp:cNvGraphicFramePr>
@@ -4392,119 +4408,119 @@
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1873250" cy="791845"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="78C32B03" w14:textId="4C27FFA9" w:rsidR="00F94C73" w:rsidRPr="00397AFE" w:rsidRDefault="00F94C73" w:rsidP="00565B5A">
+  <w:p w14:paraId="78C32B03" w14:textId="0F40F061" w:rsidR="00F94C73" w:rsidRPr="00397AFE" w:rsidRDefault="00F94C73" w:rsidP="00565B5A">
     <w:pPr>
       <w:pStyle w:val="Heading1"/>
       <w:spacing w:before="0" w:after="240" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:bCs w:val="0"/>
         <w:iCs/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00397AFE">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="28"/>
       </w:rPr>
       <w:t>Formulaire </w:t>
     </w:r>
     <w:r w:rsidR="00047876" w:rsidRPr="00397AFE">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="28"/>
       </w:rPr>
       <w:t>20</w:t>
     </w:r>
     <w:r w:rsidR="00047876">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="28"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidR="00047876">
+    <w:r w:rsidR="00BC430F">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="28"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidR="00047876">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="28"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00397AFE">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="28"/>
       </w:rPr>
       <w:t>de candidature aux prix individuels de bénévolat</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="016B1195"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="84D2FA70"/>
     <w:lvl w:ilvl="0" w:tplc="DE9CA23C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="216" w:hanging="216"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="81FE701E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
@@ -7772,170 +7788,175 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="499390015">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:mirrorMargins/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00846D26"/>
     <w:rsid w:val="00047876"/>
     <w:rsid w:val="000A17ED"/>
     <w:rsid w:val="000B0327"/>
     <w:rsid w:val="000B698D"/>
     <w:rsid w:val="000C58A5"/>
     <w:rsid w:val="00125C0E"/>
     <w:rsid w:val="001844BA"/>
     <w:rsid w:val="001C1481"/>
     <w:rsid w:val="00206A21"/>
     <w:rsid w:val="00226728"/>
     <w:rsid w:val="002927E5"/>
+    <w:rsid w:val="00396353"/>
     <w:rsid w:val="00397AFE"/>
     <w:rsid w:val="003D5E37"/>
     <w:rsid w:val="0043481A"/>
     <w:rsid w:val="00450208"/>
     <w:rsid w:val="004923BE"/>
     <w:rsid w:val="00530461"/>
     <w:rsid w:val="00551346"/>
     <w:rsid w:val="00565B5A"/>
     <w:rsid w:val="005B5B07"/>
     <w:rsid w:val="005D0A1C"/>
     <w:rsid w:val="005E3754"/>
     <w:rsid w:val="006071A9"/>
     <w:rsid w:val="006142A7"/>
     <w:rsid w:val="0062306C"/>
+    <w:rsid w:val="00706199"/>
     <w:rsid w:val="0070720A"/>
     <w:rsid w:val="007261AE"/>
     <w:rsid w:val="00767DEF"/>
     <w:rsid w:val="00775892"/>
     <w:rsid w:val="00777988"/>
     <w:rsid w:val="00846D26"/>
     <w:rsid w:val="008D489A"/>
     <w:rsid w:val="0099475D"/>
     <w:rsid w:val="00A02B8C"/>
     <w:rsid w:val="00A32DE4"/>
+    <w:rsid w:val="00A611E5"/>
     <w:rsid w:val="00A84FD3"/>
     <w:rsid w:val="00AE071C"/>
+    <w:rsid w:val="00B20068"/>
     <w:rsid w:val="00B226A4"/>
     <w:rsid w:val="00BC17BC"/>
+    <w:rsid w:val="00BC430F"/>
     <w:rsid w:val="00C047EE"/>
     <w:rsid w:val="00C27724"/>
     <w:rsid w:val="00C84F7B"/>
     <w:rsid w:val="00C92CB9"/>
     <w:rsid w:val="00CC768A"/>
     <w:rsid w:val="00D817CB"/>
     <w:rsid w:val="00DD3139"/>
     <w:rsid w:val="00E11E73"/>
     <w:rsid w:val="00E85E0A"/>
     <w:rsid w:val="00F26415"/>
     <w:rsid w:val="00F40843"/>
     <w:rsid w:val="00F40A7C"/>
     <w:rsid w:val="00F52AB9"/>
     <w:rsid w:val="00F61D41"/>
     <w:rsid w:val="00F82A52"/>
     <w:rsid w:val="00F94C73"/>
     <w:rsid w:val="00FF3A80"/>
     <w:rsid w:val="00FF5EFD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-CA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="646E13FD"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{7365F8A6-A311-4C45-AC69-E4EA0ADCD145}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-CA" w:eastAsia="en-CA" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8774,51 +8795,51 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001844BA"/>
     <w:rPr>
       <w:color w:val="808080"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E11E73"/>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="fr-CA" w:eastAsia="fr-CA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gcurran@retraitesfederaux.ca" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gcurran@retraitesfederaux.ca" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
@@ -9364,78 +9385,78 @@
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{50D07EE8-B8B4-4080-96A0-B60FD63894D9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{05DD1F4C-FCCC-4D88-9C85-88C404286994}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>867</Words>
-  <Characters>7333</Characters>
+  <Words>1081</Words>
+  <Characters>7119</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>61</Lines>
-  <Paragraphs>16</Paragraphs>
+  <Lines>197</Lines>
+  <Paragraphs>126</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Nominating Process modifications to be considered</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8184</CharactersWithSpaces>
+  <CharactersWithSpaces>8074</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>7733322</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:gcurran@retraitesfederaux.ca</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>7733322</vt:i4>
       </vt:variant>
       <vt:variant>