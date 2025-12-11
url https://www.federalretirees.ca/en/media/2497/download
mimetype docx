--- v0 (2025-10-07)
+++ v1 (2025-12-11)
@@ -1,57 +1,61 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4489DBF4" w14:textId="2AAE908C" w:rsidR="00D528FA" w:rsidRPr="00E612B3" w:rsidRDefault="00235BF7" w:rsidP="004778A0">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="en-CA" w:eastAsia="zh-TW"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
@@ -2417,51 +2421,51 @@
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>If using the hard copy version of this form, please attach extra pages as required)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9914" w:type="dxa"/>
         <w:tblInd w:w="-176" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9914"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A3103C" w:rsidRPr="00445866" w14:paraId="1696F199" w14:textId="77777777" w:rsidTr="00D528FA">
+      <w:tr w:rsidR="00A3103C" w:rsidRPr="00D43326" w14:paraId="1696F199" w14:textId="77777777" w:rsidTr="00D528FA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9914" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
           </w:tcPr>
           <w:p w14:paraId="2DCE08D2" w14:textId="77777777" w:rsidR="00A3103C" w:rsidRPr="00B238DF" w:rsidRDefault="00A3103C" w:rsidP="00434F48">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="C00000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="36"/>
                 <w:sz w:val="28"/>
@@ -2629,58 +2633,57 @@
             </w:r>
             <w:r w:rsidR="00C93910" w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">ation </w:t>
             </w:r>
             <w:r w:rsidR="00A3103C" w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">volunteer who demonstrated outstanding leadership and perseverance in advancing </w:t>
             </w:r>
             <w:r w:rsidR="00C93910" w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>an Association’s cause or causes which benefit(s) members.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A3103C" w:rsidRPr="00445866" w14:paraId="3D707A73" w14:textId="77777777" w:rsidTr="00D528FA">
+      <w:tr w:rsidR="00A3103C" w:rsidRPr="00D43326" w14:paraId="3D707A73" w14:textId="77777777" w:rsidTr="00D528FA">
         <w:trPr>
           <w:trHeight w:val="900"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9914" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="37BF3567" w14:textId="77777777" w:rsidR="00A3103C" w:rsidRPr="00B238DF" w:rsidRDefault="00A3103C" w:rsidP="00EE3FF3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:ind w:left="356"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
@@ -2690,183 +2693,188 @@
             <w:r w:rsidR="007647B4" w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>the Association</w:t>
             </w:r>
             <w:r w:rsidR="00DA4656" w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A3103C" w:rsidRPr="00445866" w14:paraId="49E3641B" w14:textId="77777777" w:rsidTr="00BF080E">
+      <w:tr w:rsidR="00A3103C" w:rsidRPr="00D43326" w14:paraId="49E3641B" w14:textId="77777777" w:rsidTr="00BF080E">
         <w:trPr>
           <w:trHeight w:val="900"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9914" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F1652F0" w14:textId="77777777" w:rsidR="00A3103C" w:rsidRPr="00B238DF" w:rsidRDefault="00A3103C" w:rsidP="00EE3FF3">
+          <w:p w14:paraId="1F1652F0" w14:textId="77777777" w:rsidR="00A3103C" w:rsidRPr="00D43326" w:rsidRDefault="00A3103C" w:rsidP="00EE3FF3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:ind w:left="356"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
+                <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B238DF">
+            <w:r w:rsidRPr="00D43326">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
+                <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t xml:space="preserve">Describe the </w:t>
             </w:r>
-            <w:r w:rsidR="00A46141" w:rsidRPr="00B238DF">
+            <w:r w:rsidR="00A46141" w:rsidRPr="00D43326">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
+                <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t xml:space="preserve">nominee’s leadership role(s) in </w:t>
             </w:r>
-            <w:r w:rsidR="007647B4" w:rsidRPr="00B238DF">
+            <w:r w:rsidR="007647B4" w:rsidRPr="00D43326">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
+                <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>the Association</w:t>
             </w:r>
-            <w:r w:rsidR="00A46141" w:rsidRPr="00B238DF">
+            <w:r w:rsidR="00A46141" w:rsidRPr="00D43326">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
+                <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="36788DC4" w14:textId="77777777" w:rsidR="00434F48" w:rsidRPr="00B238DF" w:rsidRDefault="00434F48" w:rsidP="00434F48">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A46141" w:rsidRPr="00445866" w14:paraId="72A746D8" w14:textId="77777777" w:rsidTr="00BF080E">
+      <w:tr w:rsidR="00A46141" w:rsidRPr="00D43326" w14:paraId="72A746D8" w14:textId="77777777" w:rsidTr="00BF080E">
         <w:trPr>
           <w:trHeight w:val="900"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9914" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="338439B9" w14:textId="77777777" w:rsidR="00A46141" w:rsidRPr="00B238DF" w:rsidRDefault="00A46141" w:rsidP="00EE3FF3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:ind w:left="356"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>Describe</w:t>
             </w:r>
             <w:r w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t xml:space="preserve"> the advances or accomplishments that resulted from the nominee’s leadership efforts. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A3103C" w:rsidRPr="00445866" w14:paraId="73EA5C31" w14:textId="77777777" w:rsidTr="00BF080E">
+      <w:tr w:rsidR="00A3103C" w:rsidRPr="00D43326" w14:paraId="73EA5C31" w14:textId="77777777" w:rsidTr="00BF080E">
         <w:trPr>
           <w:trHeight w:val="900"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9914" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1655C81A" w14:textId="77777777" w:rsidR="00A3103C" w:rsidRPr="00B238DF" w:rsidRDefault="00A3103C" w:rsidP="00EE3FF3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:ind w:left="356"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2889,51 +2897,51 @@
               <w:t xml:space="preserve"> the challenges and obstacles faced by the nominee</w:t>
             </w:r>
             <w:r w:rsidR="00C00C1B" w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t xml:space="preserve"> and how they were overcome</w:t>
             </w:r>
             <w:r w:rsidR="00A46141" w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A3103C" w:rsidRPr="00445866" w14:paraId="22E25286" w14:textId="77777777" w:rsidTr="004B2B8B">
+      <w:tr w:rsidR="00A3103C" w:rsidRPr="00D43326" w14:paraId="22E25286" w14:textId="77777777" w:rsidTr="004B2B8B">
         <w:trPr>
           <w:trHeight w:val="611"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9914" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="00DFC056" w14:textId="6B91D772" w:rsidR="00A3103C" w:rsidRPr="0095606F" w:rsidRDefault="008F33A6" w:rsidP="00EE3FF3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:ind w:left="356"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
@@ -3988,51 +3996,51 @@
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9923" w:type="dxa"/>
         <w:tblInd w:w="-459" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9923"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00012359" w:rsidRPr="00445866" w14:paraId="08B00489" w14:textId="77777777" w:rsidTr="00D528FA">
+      <w:tr w:rsidR="00012359" w:rsidRPr="00D43326" w14:paraId="08B00489" w14:textId="77777777" w:rsidTr="00D528FA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
           </w:tcPr>
           <w:p w14:paraId="5FE0E517" w14:textId="77777777" w:rsidR="00012359" w:rsidRPr="00B238DF" w:rsidRDefault="0021008F" w:rsidP="00434F48">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="C00000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="36"/>
                 <w:sz w:val="28"/>
@@ -4054,51 +4062,51 @@
               </w:rPr>
               <w:t>AWARD</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="51C188F5" w14:textId="77777777" w:rsidR="00012359" w:rsidRPr="00B238DF" w:rsidRDefault="00C93910" w:rsidP="003A05CD">
             <w:pPr>
               <w:pStyle w:val="BodyText3"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Awarded to an Association volunteer who made a significant contribution to a partnership or collaborative activity requiring the cooperation of different Association entities and/or external stakeholders, resulting in benefits to members, one or more Branches or Districts, or the Association as a whole</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D53C85" w:rsidRPr="00445866" w14:paraId="26C6ED6A" w14:textId="77777777" w:rsidTr="00BF080E">
+      <w:tr w:rsidR="00D53C85" w:rsidRPr="00D43326" w14:paraId="26C6ED6A" w14:textId="77777777" w:rsidTr="00BF080E">
         <w:trPr>
           <w:trHeight w:val="780"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="63AAB3F7" w14:textId="77777777" w:rsidR="00D53C85" w:rsidRPr="00B238DF" w:rsidRDefault="00D53C85" w:rsidP="00EE3FF3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:ind w:left="356"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4140,51 +4148,51 @@
               <w:t xml:space="preserve"> history with </w:t>
             </w:r>
             <w:r w:rsidR="00B572BE" w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>the Association</w:t>
             </w:r>
             <w:r w:rsidR="00CD2467" w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00012359" w:rsidRPr="00445866" w14:paraId="56209C9B" w14:textId="77777777" w:rsidTr="00BF080E">
+      <w:tr w:rsidR="00012359" w:rsidRPr="00D43326" w14:paraId="56209C9B" w14:textId="77777777" w:rsidTr="00BF080E">
         <w:trPr>
           <w:trHeight w:val="780"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="388EB774" w14:textId="77777777" w:rsidR="00012359" w:rsidRPr="00B238DF" w:rsidRDefault="00C631B9" w:rsidP="00EE3FF3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:ind w:left="356"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B238DF">
               <w:rPr>
@@ -4227,51 +4235,51 @@
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>ddressed</w:t>
             </w:r>
             <w:r w:rsidR="00BF080E" w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00012359" w:rsidRPr="00445866" w14:paraId="680EED6F" w14:textId="77777777" w:rsidTr="00BF080E">
+      <w:tr w:rsidR="00012359" w:rsidRPr="00D43326" w14:paraId="680EED6F" w14:textId="77777777" w:rsidTr="00BF080E">
         <w:trPr>
           <w:trHeight w:val="780"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3C24BA61" w14:textId="77777777" w:rsidR="00012359" w:rsidRPr="00B238DF" w:rsidRDefault="00012359" w:rsidP="00EE3FF3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:ind w:left="356"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B238DF">
               <w:rPr>
@@ -4364,51 +4372,51 @@
               <w:t>elements</w:t>
             </w:r>
             <w:r w:rsidR="00CD2467" w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t xml:space="preserve">                             </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00012359" w:rsidRPr="00445866" w14:paraId="62608CBA" w14:textId="77777777" w:rsidTr="00BF080E">
+      <w:tr w:rsidR="00012359" w:rsidRPr="00D43326" w14:paraId="62608CBA" w14:textId="77777777" w:rsidTr="00BF080E">
         <w:trPr>
           <w:trHeight w:val="780"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1FB79F22" w14:textId="77777777" w:rsidR="00012359" w:rsidRPr="00B238DF" w:rsidRDefault="00C631B9" w:rsidP="00A32433">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:ind w:left="356"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4450,51 +4458,51 @@
               <w:t xml:space="preserve"> c</w:t>
             </w:r>
             <w:r w:rsidR="001A1565" w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>ollaborative initiative and for whom</w:t>
             </w:r>
             <w:r w:rsidR="00CD2467" w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00012359" w:rsidRPr="00445866" w14:paraId="018FA064" w14:textId="77777777" w:rsidTr="00BF080E">
+      <w:tr w:rsidR="00012359" w:rsidRPr="00D43326" w14:paraId="018FA064" w14:textId="77777777" w:rsidTr="00BF080E">
         <w:trPr>
           <w:trHeight w:val="780"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2D03B04F" w14:textId="77777777" w:rsidR="004C3DFA" w:rsidRPr="00B238DF" w:rsidRDefault="00012359" w:rsidP="00EE3FF3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:ind w:left="356"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4526,51 +4534,51 @@
               <w:t xml:space="preserve">or project </w:t>
             </w:r>
             <w:r w:rsidR="002D1B66" w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t xml:space="preserve">has been or could be adopted by other branches and the benefits for </w:t>
             </w:r>
             <w:r w:rsidR="00CD2467" w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t xml:space="preserve">the organization. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A46141" w:rsidRPr="00445866" w14:paraId="3588A772" w14:textId="77777777" w:rsidTr="004B2B8B">
+      <w:tr w:rsidR="00A46141" w:rsidRPr="00D43326" w14:paraId="3588A772" w14:textId="77777777" w:rsidTr="004B2B8B">
         <w:trPr>
           <w:trHeight w:val="445"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7E08E00F" w14:textId="692FECCB" w:rsidR="00A46141" w:rsidRPr="0095606F" w:rsidRDefault="00A46141" w:rsidP="00EE3FF3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:ind w:left="356"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
@@ -5395,51 +5403,51 @@
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>If using the hard copy version of this form, please attach extra pages as required)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10056" w:type="dxa"/>
         <w:tblInd w:w="-318" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10056"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003A05CD" w:rsidRPr="00445866" w14:paraId="31924CC2" w14:textId="77777777" w:rsidTr="003A05CD">
+      <w:tr w:rsidR="003A05CD" w:rsidRPr="00D43326" w14:paraId="31924CC2" w14:textId="77777777" w:rsidTr="003A05CD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10056" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
           </w:tcPr>
           <w:p w14:paraId="5D4EB740" w14:textId="77777777" w:rsidR="003A05CD" w:rsidRPr="00B238DF" w:rsidRDefault="003A05CD" w:rsidP="003A05CD">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="C00000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="36"/>
                 <w:sz w:val="28"/>
@@ -5521,51 +5529,51 @@
             <w:r w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0070C0"/>
                 <w:kern w:val="36"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>the Association</w:t>
             </w:r>
             <w:r w:rsidR="003A05CD" w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0070C0"/>
                 <w:kern w:val="36"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A05CD" w:rsidRPr="00445866" w14:paraId="543B7E43" w14:textId="77777777" w:rsidTr="003A05CD">
+      <w:tr w:rsidR="003A05CD" w:rsidRPr="00D43326" w14:paraId="543B7E43" w14:textId="77777777" w:rsidTr="003A05CD">
         <w:trPr>
           <w:trHeight w:val="859"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10056" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="549787A4" w14:textId="77777777" w:rsidR="003A05CD" w:rsidRPr="00B238DF" w:rsidRDefault="003A05CD" w:rsidP="00B65ACE">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="408" w:hanging="408"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
@@ -5600,51 +5608,51 @@
               <w:t xml:space="preserve">ominee’s history with </w:t>
             </w:r>
             <w:r w:rsidR="00B572BE" w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>the Association</w:t>
             </w:r>
             <w:r w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A05CD" w:rsidRPr="00445866" w14:paraId="68B65B5B" w14:textId="77777777" w:rsidTr="003A05CD">
+      <w:tr w:rsidR="003A05CD" w:rsidRPr="00D43326" w14:paraId="68B65B5B" w14:textId="77777777" w:rsidTr="003A05CD">
         <w:trPr>
           <w:trHeight w:val="859"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10056" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0967A876" w14:textId="77777777" w:rsidR="003A05CD" w:rsidRPr="00B238DF" w:rsidRDefault="003A05CD" w:rsidP="00EE3FF3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="408" w:hanging="408"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B238DF">
@@ -5669,91 +5677,91 @@
             </w:r>
             <w:r w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>ominee is involved.</w:t>
             </w:r>
             <w:r w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A05CD" w:rsidRPr="00445866" w14:paraId="223649D6" w14:textId="77777777" w:rsidTr="003A05CD">
+      <w:tr w:rsidR="003A05CD" w:rsidRPr="00D43326" w14:paraId="223649D6" w14:textId="77777777" w:rsidTr="003A05CD">
         <w:trPr>
           <w:trHeight w:val="859"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10056" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="36DB9D82" w14:textId="77777777" w:rsidR="003A05CD" w:rsidRPr="00B238DF" w:rsidRDefault="003A05CD" w:rsidP="00EE3FF3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="408" w:hanging="408"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t xml:space="preserve">Describe the role of the nominee in the organization or association for which he/she is volunteering and the activities he/she performs.  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A05CD" w:rsidRPr="00445866" w14:paraId="0B6246BF" w14:textId="77777777" w:rsidTr="003A05CD">
+      <w:tr w:rsidR="003A05CD" w:rsidRPr="00D43326" w14:paraId="0B6246BF" w14:textId="77777777" w:rsidTr="003A05CD">
         <w:trPr>
           <w:trHeight w:val="859"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10056" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="17BB66C5" w14:textId="77777777" w:rsidR="003A05CD" w:rsidRPr="00B238DF" w:rsidRDefault="003A05CD" w:rsidP="00EE3FF3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="408" w:hanging="408"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
@@ -5828,51 +5836,51 @@
               <w:t xml:space="preserve">Describe how the </w:t>
             </w:r>
             <w:r w:rsidR="00FD5FC7" w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>n</w:t>
             </w:r>
             <w:r w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t xml:space="preserve">ominee’s volunteer activities benefitted the community, either locally, nationally or internationally. Provide examples of the benefits realized by the organization. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A05CD" w:rsidRPr="00445866" w14:paraId="4A825E34" w14:textId="77777777" w:rsidTr="003A05CD">
+      <w:tr w:rsidR="003A05CD" w:rsidRPr="00D43326" w14:paraId="4A825E34" w14:textId="77777777" w:rsidTr="003A05CD">
         <w:trPr>
           <w:trHeight w:val="859"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10056" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5B78F601" w14:textId="73ED6F37" w:rsidR="003A05CD" w:rsidRPr="0095606F" w:rsidRDefault="00FD5FC7" w:rsidP="00EE3FF3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="408" w:hanging="408"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
@@ -6570,88 +6578,92 @@
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1FE96E16" w14:textId="77777777" w:rsidR="001430F8" w:rsidRPr="00B238DF" w:rsidRDefault="001430F8" w:rsidP="00A32433">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="36"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="001430F8" w:rsidRPr="00B238DF" w:rsidSect="00145B3B">
-      <w:headerReference w:type="default" r:id="rId11"/>
-      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:headerReference w:type="even" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1134" w:right="1440" w:bottom="1134" w:left="1797" w:header="113" w:footer="340" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="54B9929F" w14:textId="77777777" w:rsidR="00D8710D" w:rsidRDefault="00D8710D">
+    <w:p w14:paraId="78A95A89" w14:textId="77777777" w:rsidR="00B95BDB" w:rsidRDefault="00B95BDB">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5CF30881" w14:textId="77777777" w:rsidR="00D8710D" w:rsidRDefault="00D8710D">
+    <w:p w14:paraId="59A8E4A7" w14:textId="77777777" w:rsidR="00B95BDB" w:rsidRDefault="00B95BDB">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -6662,71 +6674,81 @@
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Trebuchet MS">
     <w:panose1 w:val="020B0603020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="75AB30C7" w14:textId="77777777" w:rsidR="00A8083F" w:rsidRDefault="00A8083F">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="102A1C21" w14:textId="6F7C690F" w:rsidR="00FD74CA" w:rsidRPr="00B238DF" w:rsidRDefault="00FD74CA" w:rsidP="00B01349">
     <w:pPr>
       <w:ind w:left="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="C00000"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00B238DF">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="C00000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-CA"/>
       </w:rPr>
       <w:t xml:space="preserve">Deadline for nominations is </w:t>
     </w:r>
     <w:r w:rsidRPr="00B238DF">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
@@ -6801,77 +6823,97 @@
     <w:r w:rsidR="001D2B4E">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="C00000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-CA"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="3A85E6D2" w14:textId="77777777" w:rsidR="00FD74CA" w:rsidRPr="00672537" w:rsidRDefault="00FD74CA" w:rsidP="00B01349">
     <w:pPr>
       <w:ind w:left="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="764FC721" w14:textId="77777777" w:rsidR="00A8083F" w:rsidRDefault="00A8083F">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="59F458F3" w14:textId="77777777" w:rsidR="00D8710D" w:rsidRDefault="00D8710D">
+    <w:p w14:paraId="20345180" w14:textId="77777777" w:rsidR="00B95BDB" w:rsidRDefault="00B95BDB">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7B55CBC1" w14:textId="77777777" w:rsidR="00D8710D" w:rsidRDefault="00D8710D">
+    <w:p w14:paraId="09471BE9" w14:textId="77777777" w:rsidR="00B95BDB" w:rsidRDefault="00B95BDB">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="57F242C7" w14:textId="77777777" w:rsidR="00A8083F" w:rsidRDefault="00A8083F">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6267259D" w14:textId="51DC6550" w:rsidR="00036628" w:rsidRDefault="00235BF7" w:rsidP="00DF14E3">
     <w:pPr>
       <w:pStyle w:val="Heading1"/>
       <w:spacing w:before="0" w:after="240" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:bCs w:val="0"/>
         <w:iCs/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-CA"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:bCs w:val="0"/>
         <w:iCs/>
         <w:noProof/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
@@ -6905,132 +6947,130 @@
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1862455" cy="780415"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="2A1AD878" w14:textId="0E0674B6" w:rsidR="00FD74CA" w:rsidRPr="00B238DF" w:rsidRDefault="00790414" w:rsidP="00DF14E3">
+  <w:p w14:paraId="2A1AD878" w14:textId="1E1CE45C" w:rsidR="00FD74CA" w:rsidRPr="00B238DF" w:rsidRDefault="00A8083F" w:rsidP="00DF14E3">
     <w:pPr>
       <w:pStyle w:val="Heading1"/>
       <w:spacing w:before="0" w:after="240" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:bCs w:val="0"/>
         <w:iCs/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:lang w:val="en-CA"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00B238DF">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:bCs w:val="0"/>
         <w:iCs/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:lang w:val="en-CA"/>
       </w:rPr>
       <w:t>20</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:bCs w:val="0"/>
         <w:iCs/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:lang w:val="en-CA"/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>26</w:t>
     </w:r>
-    <w:r w:rsidR="00E91896">
+    <w:r w:rsidRPr="00B238DF">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:bCs w:val="0"/>
         <w:iCs/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:lang w:val="en-CA"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidRPr="00B238DF">
+    <w:r w:rsidR="00FD74CA" w:rsidRPr="00B238DF">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:bCs w:val="0"/>
         <w:iCs/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:lang w:val="en-CA"/>
       </w:rPr>
-      <w:t xml:space="preserve"> </w:t>
-[...10 lines deleted...]
-      </w:rPr>
       <w:t>Individual Volunteer Awards Nomination Form</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6A8A95B1" w14:textId="77777777" w:rsidR="00A8083F" w:rsidRDefault="00A8083F">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="016B1195"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="84D2FA70"/>
     <w:lvl w:ilvl="0" w:tplc="5C883E8C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="216" w:hanging="216"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
@@ -10181,55 +10221,54 @@
   <w:num w:numId="23" w16cid:durableId="117259690">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="137235089">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1748766645">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1188449518">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1632907702">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="833566453">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="1615477418">
     <w:abstractNumId w:val="19"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:mirrorMargins/>
-  <w:proofState w:spelling="clean"/>
-  <w:trackRevisions/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
@@ -10267,87 +10306,90 @@
     <w:rsid w:val="00165627"/>
     <w:rsid w:val="00173FCF"/>
     <w:rsid w:val="00175FC1"/>
     <w:rsid w:val="001829E4"/>
     <w:rsid w:val="001844CA"/>
     <w:rsid w:val="00184560"/>
     <w:rsid w:val="0018595F"/>
     <w:rsid w:val="001A1565"/>
     <w:rsid w:val="001C6683"/>
     <w:rsid w:val="001D2B4E"/>
     <w:rsid w:val="001E1D9D"/>
     <w:rsid w:val="001E4E3D"/>
     <w:rsid w:val="001E6A5B"/>
     <w:rsid w:val="002002EE"/>
     <w:rsid w:val="00204412"/>
     <w:rsid w:val="00204FBB"/>
     <w:rsid w:val="0021008F"/>
     <w:rsid w:val="00212AC6"/>
     <w:rsid w:val="00221C2E"/>
     <w:rsid w:val="002324E7"/>
     <w:rsid w:val="00235BF7"/>
     <w:rsid w:val="00241DEE"/>
     <w:rsid w:val="00243356"/>
     <w:rsid w:val="00265E84"/>
     <w:rsid w:val="00281265"/>
+    <w:rsid w:val="00295CAC"/>
     <w:rsid w:val="002B5C09"/>
     <w:rsid w:val="002C1B2C"/>
     <w:rsid w:val="002D1B66"/>
     <w:rsid w:val="002E24B8"/>
     <w:rsid w:val="002E6BB2"/>
     <w:rsid w:val="002F0210"/>
     <w:rsid w:val="002F5520"/>
     <w:rsid w:val="00320A37"/>
     <w:rsid w:val="00341355"/>
     <w:rsid w:val="003415BF"/>
+    <w:rsid w:val="003513AE"/>
     <w:rsid w:val="0037199C"/>
     <w:rsid w:val="00372091"/>
     <w:rsid w:val="00382FF3"/>
     <w:rsid w:val="003A05CD"/>
     <w:rsid w:val="003B04D8"/>
     <w:rsid w:val="003B5E87"/>
     <w:rsid w:val="003B624A"/>
     <w:rsid w:val="003C6ADD"/>
     <w:rsid w:val="003C6E7C"/>
     <w:rsid w:val="003E002A"/>
     <w:rsid w:val="003E2F5A"/>
     <w:rsid w:val="003F502D"/>
     <w:rsid w:val="004004B2"/>
     <w:rsid w:val="00407805"/>
     <w:rsid w:val="00422A07"/>
     <w:rsid w:val="00434F48"/>
     <w:rsid w:val="00435EE5"/>
     <w:rsid w:val="00436FC2"/>
     <w:rsid w:val="00445866"/>
     <w:rsid w:val="004469DB"/>
     <w:rsid w:val="004535FC"/>
     <w:rsid w:val="004579D4"/>
     <w:rsid w:val="0046329F"/>
     <w:rsid w:val="004778A0"/>
     <w:rsid w:val="00484ED4"/>
     <w:rsid w:val="004A1B7A"/>
     <w:rsid w:val="004A3D16"/>
+    <w:rsid w:val="004A497B"/>
     <w:rsid w:val="004B03DF"/>
     <w:rsid w:val="004B1891"/>
     <w:rsid w:val="004B2B8B"/>
     <w:rsid w:val="004C37EA"/>
     <w:rsid w:val="004C3DFA"/>
     <w:rsid w:val="004E1C5D"/>
     <w:rsid w:val="004E46C4"/>
     <w:rsid w:val="005137C6"/>
     <w:rsid w:val="0051724F"/>
     <w:rsid w:val="00523EC4"/>
     <w:rsid w:val="0052530D"/>
     <w:rsid w:val="00562B57"/>
     <w:rsid w:val="00574413"/>
     <w:rsid w:val="0058698F"/>
     <w:rsid w:val="00597801"/>
     <w:rsid w:val="005A5ED3"/>
     <w:rsid w:val="005C5AF2"/>
     <w:rsid w:val="005D0FE2"/>
     <w:rsid w:val="005F1264"/>
     <w:rsid w:val="00606152"/>
     <w:rsid w:val="00614C8D"/>
     <w:rsid w:val="00636482"/>
     <w:rsid w:val="00641AB2"/>
     <w:rsid w:val="0065443C"/>
     <w:rsid w:val="00660A9A"/>
@@ -10409,171 +10451,175 @@
     <w:rsid w:val="00994C3F"/>
     <w:rsid w:val="00994FA0"/>
     <w:rsid w:val="009A26C9"/>
     <w:rsid w:val="009A6FCC"/>
     <w:rsid w:val="009B2584"/>
     <w:rsid w:val="009B330F"/>
     <w:rsid w:val="009B3707"/>
     <w:rsid w:val="009D194A"/>
     <w:rsid w:val="009D21F4"/>
     <w:rsid w:val="009D5135"/>
     <w:rsid w:val="009D6CB4"/>
     <w:rsid w:val="009E14AF"/>
     <w:rsid w:val="009F2A58"/>
     <w:rsid w:val="009F640E"/>
     <w:rsid w:val="00A0531B"/>
     <w:rsid w:val="00A146BE"/>
     <w:rsid w:val="00A17DBA"/>
     <w:rsid w:val="00A3103C"/>
     <w:rsid w:val="00A32433"/>
     <w:rsid w:val="00A46141"/>
     <w:rsid w:val="00A47424"/>
     <w:rsid w:val="00A71C9F"/>
     <w:rsid w:val="00A71CDD"/>
     <w:rsid w:val="00A7222B"/>
     <w:rsid w:val="00A77075"/>
+    <w:rsid w:val="00A8083F"/>
     <w:rsid w:val="00A834B5"/>
     <w:rsid w:val="00A97E19"/>
     <w:rsid w:val="00AD30A0"/>
     <w:rsid w:val="00AF2DCB"/>
     <w:rsid w:val="00AF3BA2"/>
     <w:rsid w:val="00AF4873"/>
     <w:rsid w:val="00B01349"/>
     <w:rsid w:val="00B10718"/>
     <w:rsid w:val="00B20581"/>
     <w:rsid w:val="00B238DF"/>
     <w:rsid w:val="00B36CEC"/>
     <w:rsid w:val="00B56BE6"/>
     <w:rsid w:val="00B572BE"/>
     <w:rsid w:val="00B65ACE"/>
     <w:rsid w:val="00B93A79"/>
+    <w:rsid w:val="00B95BDB"/>
     <w:rsid w:val="00B97A00"/>
     <w:rsid w:val="00BA021A"/>
     <w:rsid w:val="00BB4239"/>
     <w:rsid w:val="00BC3E96"/>
     <w:rsid w:val="00BC48BC"/>
     <w:rsid w:val="00BC501C"/>
     <w:rsid w:val="00BD0056"/>
     <w:rsid w:val="00BE089B"/>
     <w:rsid w:val="00BE33F5"/>
     <w:rsid w:val="00BE5BC7"/>
     <w:rsid w:val="00BF080E"/>
     <w:rsid w:val="00BF356F"/>
     <w:rsid w:val="00C00C1B"/>
     <w:rsid w:val="00C04FA6"/>
     <w:rsid w:val="00C06826"/>
     <w:rsid w:val="00C06C05"/>
     <w:rsid w:val="00C36ADE"/>
     <w:rsid w:val="00C40128"/>
     <w:rsid w:val="00C631B9"/>
     <w:rsid w:val="00C670CF"/>
     <w:rsid w:val="00C93910"/>
     <w:rsid w:val="00C97D20"/>
     <w:rsid w:val="00CA3B14"/>
     <w:rsid w:val="00CA6895"/>
     <w:rsid w:val="00CA75D3"/>
     <w:rsid w:val="00CD2467"/>
     <w:rsid w:val="00CD328A"/>
     <w:rsid w:val="00CD5B30"/>
     <w:rsid w:val="00CF527A"/>
     <w:rsid w:val="00CF62C9"/>
     <w:rsid w:val="00D036CD"/>
     <w:rsid w:val="00D06A6E"/>
     <w:rsid w:val="00D109B2"/>
     <w:rsid w:val="00D13FEC"/>
     <w:rsid w:val="00D252FA"/>
     <w:rsid w:val="00D36C3E"/>
+    <w:rsid w:val="00D43326"/>
     <w:rsid w:val="00D43F5B"/>
     <w:rsid w:val="00D528FA"/>
     <w:rsid w:val="00D53C85"/>
     <w:rsid w:val="00D56D02"/>
     <w:rsid w:val="00D84EB1"/>
     <w:rsid w:val="00D8710D"/>
     <w:rsid w:val="00D97F33"/>
     <w:rsid w:val="00DA240A"/>
     <w:rsid w:val="00DA4656"/>
     <w:rsid w:val="00DB1293"/>
     <w:rsid w:val="00DB3D2E"/>
     <w:rsid w:val="00DC5B3E"/>
     <w:rsid w:val="00DD4151"/>
     <w:rsid w:val="00DD76B7"/>
     <w:rsid w:val="00DE04F5"/>
     <w:rsid w:val="00DE360D"/>
     <w:rsid w:val="00DF14E3"/>
     <w:rsid w:val="00E070AB"/>
     <w:rsid w:val="00E612B3"/>
     <w:rsid w:val="00E6461A"/>
     <w:rsid w:val="00E65C25"/>
     <w:rsid w:val="00E91896"/>
     <w:rsid w:val="00E93519"/>
     <w:rsid w:val="00E94EBC"/>
     <w:rsid w:val="00EA5271"/>
     <w:rsid w:val="00ED53CD"/>
     <w:rsid w:val="00EE39EE"/>
     <w:rsid w:val="00EE3FF3"/>
     <w:rsid w:val="00EE748C"/>
     <w:rsid w:val="00F10A7B"/>
     <w:rsid w:val="00F12FED"/>
     <w:rsid w:val="00F40B89"/>
+    <w:rsid w:val="00F82E8E"/>
     <w:rsid w:val="00F95DF5"/>
     <w:rsid w:val="00FA7889"/>
     <w:rsid w:val="00FB763B"/>
     <w:rsid w:val="00FD5FC7"/>
     <w:rsid w:val="00FD74CA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-CA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="366FA213"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{24E0313D-9E4D-4EB3-B8BF-21B51335B0D5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-CA" w:eastAsia="en-CA" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -11414,51 +11460,51 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009A6FCC"/>
     <w:rPr>
       <w:color w:val="808080"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00A77075"/>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="fr-CA" w:eastAsia="fr-CA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="466512627">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="524365820">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -11474,54 +11520,54 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="783615513">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gcurran@federalretirees.ca" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gcurran@federalretirees.ca" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
@@ -11789,50 +11835,59 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100938B8DACE1E9DD419FCE00D584FA6C37" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="5f6be15a136c4c120190ec94e618a54d">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="cca1fe8d-7008-4cf4-b9bb-be0bef693b5b" xmlns:ns3="9e9a0c9f-933a-4edd-ad93-7775c6c3041b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3e8cf17f0e8ce877617ac2fd59930bdb" ns2:_="" ns3:_="">
     <xsd:import namespace="cca1fe8d-7008-4cf4-b9bb-be0bef693b5b"/>
     <xsd:import namespace="9e9a0c9f-933a-4edd-ad93-7775c6c3041b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
@@ -12037,138 +12092,129 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="9e9a0c9f-933a-4edd-ad93-7775c6c3041b" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="cca1fe8d-7008-4cf4-b9bb-be0bef693b5b">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0D2D33D1-93C2-4471-8D58-65B2CEE181D1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DEAE2D80-85CE-45ED-BEAE-A7090E14DE8F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="cca1fe8d-7008-4cf4-b9bb-be0bef693b5b"/>
     <ds:schemaRef ds:uri="9e9a0c9f-933a-4edd-ad93-7775c6c3041b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E9EF6666-7BAC-4199-99DC-B01AAD37E15F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="9e9a0c9f-933a-4edd-ad93-7775c6c3041b"/>
     <ds:schemaRef ds:uri="cca1fe8d-7008-4cf4-b9bb-be0bef693b5b"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1101</Words>
-  <Characters>6279</Characters>
+  <Words>736</Words>
+  <Characters>5252</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>52</Lines>
-  <Paragraphs>14</Paragraphs>
+  <Lines>149</Lines>
+  <Paragraphs>92</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Nominating Process modifications to be considered</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7366</CharactersWithSpaces>
+  <CharactersWithSpaces>7241</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>589860</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:gcurran@federalretirees.ca</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>