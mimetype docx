--- v1 (2025-12-11)
+++ v2 (2026-01-06)
@@ -899,51 +899,51 @@
         <w:keepNext w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B238DF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Attach any supporting documents</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29DB466E" w14:textId="42594130" w:rsidR="00AF4873" w:rsidRPr="00B238DF" w:rsidRDefault="00B01349" w:rsidP="00DF14E3">
+    <w:p w14:paraId="29DB466E" w14:textId="073E8E2F" w:rsidR="00AF4873" w:rsidRPr="00B238DF" w:rsidRDefault="00B01349" w:rsidP="00DF14E3">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B238DF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Submit by</w:t>
       </w:r>
       <w:r w:rsidRPr="00B238DF">
@@ -979,51 +979,61 @@
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00CD328A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>February</w:t>
       </w:r>
       <w:r w:rsidR="005A5ED3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 21, 2025</w:t>
+        <w:t xml:space="preserve"> 21, 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC1943">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="0018595F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="007D347C" w:rsidRPr="000B10DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00101659" w:rsidRPr="000B10DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
@@ -2421,51 +2431,51 @@
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>If using the hard copy version of this form, please attach extra pages as required)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9914" w:type="dxa"/>
         <w:tblInd w:w="-176" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9914"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A3103C" w:rsidRPr="00D43326" w14:paraId="1696F199" w14:textId="77777777" w:rsidTr="00D528FA">
+      <w:tr w:rsidR="00A3103C" w:rsidRPr="00EC1943" w14:paraId="1696F199" w14:textId="77777777" w:rsidTr="00D528FA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9914" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
           </w:tcPr>
           <w:p w14:paraId="2DCE08D2" w14:textId="77777777" w:rsidR="00A3103C" w:rsidRPr="00B238DF" w:rsidRDefault="00A3103C" w:rsidP="00434F48">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="C00000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="36"/>
                 <w:sz w:val="28"/>
@@ -2633,51 +2643,51 @@
             </w:r>
             <w:r w:rsidR="00C93910" w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">ation </w:t>
             </w:r>
             <w:r w:rsidR="00A3103C" w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">volunteer who demonstrated outstanding leadership and perseverance in advancing </w:t>
             </w:r>
             <w:r w:rsidR="00C93910" w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>an Association’s cause or causes which benefit(s) members.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A3103C" w:rsidRPr="00D43326" w14:paraId="3D707A73" w14:textId="77777777" w:rsidTr="00D528FA">
+      <w:tr w:rsidR="00A3103C" w:rsidRPr="00EC1943" w14:paraId="3D707A73" w14:textId="77777777" w:rsidTr="00D528FA">
         <w:trPr>
           <w:trHeight w:val="900"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9914" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="37BF3567" w14:textId="77777777" w:rsidR="00A3103C" w:rsidRPr="00B238DF" w:rsidRDefault="00A3103C" w:rsidP="00EE3FF3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:ind w:left="356"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B238DF">
               <w:rPr>
@@ -2693,188 +2703,188 @@
             <w:r w:rsidR="007647B4" w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>the Association</w:t>
             </w:r>
             <w:r w:rsidR="00DA4656" w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A3103C" w:rsidRPr="00D43326" w14:paraId="49E3641B" w14:textId="77777777" w:rsidTr="00BF080E">
+      <w:tr w:rsidR="00A3103C" w:rsidRPr="00EC1943" w14:paraId="49E3641B" w14:textId="77777777" w:rsidTr="00BF080E">
         <w:trPr>
           <w:trHeight w:val="900"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9914" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F1652F0" w14:textId="77777777" w:rsidR="00A3103C" w:rsidRPr="00D43326" w:rsidRDefault="00A3103C" w:rsidP="00EE3FF3">
+          <w:p w14:paraId="1F1652F0" w14:textId="77777777" w:rsidR="00A3103C" w:rsidRPr="00EC1943" w:rsidRDefault="00A3103C" w:rsidP="00EE3FF3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:ind w:left="356"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D43326">
+            <w:r w:rsidRPr="00EC1943">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t xml:space="preserve">Describe the </w:t>
             </w:r>
-            <w:r w:rsidR="00A46141" w:rsidRPr="00D43326">
+            <w:r w:rsidR="00A46141" w:rsidRPr="00EC1943">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t xml:space="preserve">nominee’s leadership role(s) in </w:t>
             </w:r>
-            <w:r w:rsidR="007647B4" w:rsidRPr="00D43326">
+            <w:r w:rsidR="007647B4" w:rsidRPr="00EC1943">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>the Association</w:t>
             </w:r>
-            <w:r w:rsidR="00A46141" w:rsidRPr="00D43326">
+            <w:r w:rsidR="00A46141" w:rsidRPr="00EC1943">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="36788DC4" w14:textId="77777777" w:rsidR="00434F48" w:rsidRPr="00B238DF" w:rsidRDefault="00434F48" w:rsidP="00434F48">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A46141" w:rsidRPr="00D43326" w14:paraId="72A746D8" w14:textId="77777777" w:rsidTr="00BF080E">
+      <w:tr w:rsidR="00A46141" w:rsidRPr="00EC1943" w14:paraId="72A746D8" w14:textId="77777777" w:rsidTr="00BF080E">
         <w:trPr>
           <w:trHeight w:val="900"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9914" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="338439B9" w14:textId="77777777" w:rsidR="00A46141" w:rsidRPr="00B238DF" w:rsidRDefault="00A46141" w:rsidP="00EE3FF3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:ind w:left="356"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>Describe</w:t>
             </w:r>
             <w:r w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t xml:space="preserve"> the advances or accomplishments that resulted from the nominee’s leadership efforts. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A3103C" w:rsidRPr="00D43326" w14:paraId="73EA5C31" w14:textId="77777777" w:rsidTr="00BF080E">
+      <w:tr w:rsidR="00A3103C" w:rsidRPr="00EC1943" w14:paraId="73EA5C31" w14:textId="77777777" w:rsidTr="00BF080E">
         <w:trPr>
           <w:trHeight w:val="900"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9914" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1655C81A" w14:textId="77777777" w:rsidR="00A3103C" w:rsidRPr="00B238DF" w:rsidRDefault="00A3103C" w:rsidP="00EE3FF3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:ind w:left="356"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2897,51 +2907,51 @@
               <w:t xml:space="preserve"> the challenges and obstacles faced by the nominee</w:t>
             </w:r>
             <w:r w:rsidR="00C00C1B" w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t xml:space="preserve"> and how they were overcome</w:t>
             </w:r>
             <w:r w:rsidR="00A46141" w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A3103C" w:rsidRPr="00D43326" w14:paraId="22E25286" w14:textId="77777777" w:rsidTr="004B2B8B">
+      <w:tr w:rsidR="00A3103C" w:rsidRPr="00EC1943" w14:paraId="22E25286" w14:textId="77777777" w:rsidTr="004B2B8B">
         <w:trPr>
           <w:trHeight w:val="611"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9914" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="00DFC056" w14:textId="6B91D772" w:rsidR="00A3103C" w:rsidRPr="0095606F" w:rsidRDefault="008F33A6" w:rsidP="00EE3FF3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:ind w:left="356"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
@@ -3996,51 +4006,51 @@
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9923" w:type="dxa"/>
         <w:tblInd w:w="-459" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9923"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00012359" w:rsidRPr="00D43326" w14:paraId="08B00489" w14:textId="77777777" w:rsidTr="00D528FA">
+      <w:tr w:rsidR="00012359" w:rsidRPr="00EC1943" w14:paraId="08B00489" w14:textId="77777777" w:rsidTr="00D528FA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
           </w:tcPr>
           <w:p w14:paraId="5FE0E517" w14:textId="77777777" w:rsidR="00012359" w:rsidRPr="00B238DF" w:rsidRDefault="0021008F" w:rsidP="00434F48">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="C00000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="36"/>
                 <w:sz w:val="28"/>
@@ -4062,51 +4072,51 @@
               </w:rPr>
               <w:t>AWARD</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="51C188F5" w14:textId="77777777" w:rsidR="00012359" w:rsidRPr="00B238DF" w:rsidRDefault="00C93910" w:rsidP="003A05CD">
             <w:pPr>
               <w:pStyle w:val="BodyText3"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Awarded to an Association volunteer who made a significant contribution to a partnership or collaborative activity requiring the cooperation of different Association entities and/or external stakeholders, resulting in benefits to members, one or more Branches or Districts, or the Association as a whole</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D53C85" w:rsidRPr="00D43326" w14:paraId="26C6ED6A" w14:textId="77777777" w:rsidTr="00BF080E">
+      <w:tr w:rsidR="00D53C85" w:rsidRPr="00EC1943" w14:paraId="26C6ED6A" w14:textId="77777777" w:rsidTr="00BF080E">
         <w:trPr>
           <w:trHeight w:val="780"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="63AAB3F7" w14:textId="77777777" w:rsidR="00D53C85" w:rsidRPr="00B238DF" w:rsidRDefault="00D53C85" w:rsidP="00EE3FF3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:ind w:left="356"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4148,51 +4158,51 @@
               <w:t xml:space="preserve"> history with </w:t>
             </w:r>
             <w:r w:rsidR="00B572BE" w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>the Association</w:t>
             </w:r>
             <w:r w:rsidR="00CD2467" w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00012359" w:rsidRPr="00D43326" w14:paraId="56209C9B" w14:textId="77777777" w:rsidTr="00BF080E">
+      <w:tr w:rsidR="00012359" w:rsidRPr="00EC1943" w14:paraId="56209C9B" w14:textId="77777777" w:rsidTr="00BF080E">
         <w:trPr>
           <w:trHeight w:val="780"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="388EB774" w14:textId="77777777" w:rsidR="00012359" w:rsidRPr="00B238DF" w:rsidRDefault="00C631B9" w:rsidP="00EE3FF3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:ind w:left="356"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B238DF">
               <w:rPr>
@@ -4235,51 +4245,51 @@
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>ddressed</w:t>
             </w:r>
             <w:r w:rsidR="00BF080E" w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00012359" w:rsidRPr="00D43326" w14:paraId="680EED6F" w14:textId="77777777" w:rsidTr="00BF080E">
+      <w:tr w:rsidR="00012359" w:rsidRPr="00EC1943" w14:paraId="680EED6F" w14:textId="77777777" w:rsidTr="00BF080E">
         <w:trPr>
           <w:trHeight w:val="780"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3C24BA61" w14:textId="77777777" w:rsidR="00012359" w:rsidRPr="00B238DF" w:rsidRDefault="00012359" w:rsidP="00EE3FF3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:ind w:left="356"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B238DF">
               <w:rPr>
@@ -4372,51 +4382,51 @@
               <w:t>elements</w:t>
             </w:r>
             <w:r w:rsidR="00CD2467" w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t xml:space="preserve">                             </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00012359" w:rsidRPr="00D43326" w14:paraId="62608CBA" w14:textId="77777777" w:rsidTr="00BF080E">
+      <w:tr w:rsidR="00012359" w:rsidRPr="00EC1943" w14:paraId="62608CBA" w14:textId="77777777" w:rsidTr="00BF080E">
         <w:trPr>
           <w:trHeight w:val="780"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1FB79F22" w14:textId="77777777" w:rsidR="00012359" w:rsidRPr="00B238DF" w:rsidRDefault="00C631B9" w:rsidP="00A32433">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:ind w:left="356"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4458,51 +4468,51 @@
               <w:t xml:space="preserve"> c</w:t>
             </w:r>
             <w:r w:rsidR="001A1565" w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>ollaborative initiative and for whom</w:t>
             </w:r>
             <w:r w:rsidR="00CD2467" w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00012359" w:rsidRPr="00D43326" w14:paraId="018FA064" w14:textId="77777777" w:rsidTr="00BF080E">
+      <w:tr w:rsidR="00012359" w:rsidRPr="00EC1943" w14:paraId="018FA064" w14:textId="77777777" w:rsidTr="00BF080E">
         <w:trPr>
           <w:trHeight w:val="780"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2D03B04F" w14:textId="77777777" w:rsidR="004C3DFA" w:rsidRPr="00B238DF" w:rsidRDefault="00012359" w:rsidP="00EE3FF3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:ind w:left="356"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4534,51 +4544,51 @@
               <w:t xml:space="preserve">or project </w:t>
             </w:r>
             <w:r w:rsidR="002D1B66" w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t xml:space="preserve">has been or could be adopted by other branches and the benefits for </w:t>
             </w:r>
             <w:r w:rsidR="00CD2467" w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t xml:space="preserve">the organization. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A46141" w:rsidRPr="00D43326" w14:paraId="3588A772" w14:textId="77777777" w:rsidTr="004B2B8B">
+      <w:tr w:rsidR="00A46141" w:rsidRPr="00EC1943" w14:paraId="3588A772" w14:textId="77777777" w:rsidTr="004B2B8B">
         <w:trPr>
           <w:trHeight w:val="445"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7E08E00F" w14:textId="692FECCB" w:rsidR="00A46141" w:rsidRPr="0095606F" w:rsidRDefault="00A46141" w:rsidP="00EE3FF3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:ind w:left="356"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
@@ -5403,51 +5413,51 @@
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>If using the hard copy version of this form, please attach extra pages as required)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10056" w:type="dxa"/>
         <w:tblInd w:w="-318" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10056"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003A05CD" w:rsidRPr="00D43326" w14:paraId="31924CC2" w14:textId="77777777" w:rsidTr="003A05CD">
+      <w:tr w:rsidR="003A05CD" w:rsidRPr="00EC1943" w14:paraId="31924CC2" w14:textId="77777777" w:rsidTr="003A05CD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10056" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
           </w:tcPr>
           <w:p w14:paraId="5D4EB740" w14:textId="77777777" w:rsidR="003A05CD" w:rsidRPr="00B238DF" w:rsidRDefault="003A05CD" w:rsidP="003A05CD">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="C00000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="36"/>
                 <w:sz w:val="28"/>
@@ -5529,51 +5539,51 @@
             <w:r w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0070C0"/>
                 <w:kern w:val="36"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>the Association</w:t>
             </w:r>
             <w:r w:rsidR="003A05CD" w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0070C0"/>
                 <w:kern w:val="36"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A05CD" w:rsidRPr="00D43326" w14:paraId="543B7E43" w14:textId="77777777" w:rsidTr="003A05CD">
+      <w:tr w:rsidR="003A05CD" w:rsidRPr="00EC1943" w14:paraId="543B7E43" w14:textId="77777777" w:rsidTr="003A05CD">
         <w:trPr>
           <w:trHeight w:val="859"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10056" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="549787A4" w14:textId="77777777" w:rsidR="003A05CD" w:rsidRPr="00B238DF" w:rsidRDefault="003A05CD" w:rsidP="00B65ACE">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="408" w:hanging="408"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
@@ -5608,51 +5618,51 @@
               <w:t xml:space="preserve">ominee’s history with </w:t>
             </w:r>
             <w:r w:rsidR="00B572BE" w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>the Association</w:t>
             </w:r>
             <w:r w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A05CD" w:rsidRPr="00D43326" w14:paraId="68B65B5B" w14:textId="77777777" w:rsidTr="003A05CD">
+      <w:tr w:rsidR="003A05CD" w:rsidRPr="00EC1943" w14:paraId="68B65B5B" w14:textId="77777777" w:rsidTr="003A05CD">
         <w:trPr>
           <w:trHeight w:val="859"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10056" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0967A876" w14:textId="77777777" w:rsidR="003A05CD" w:rsidRPr="00B238DF" w:rsidRDefault="003A05CD" w:rsidP="00EE3FF3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="408" w:hanging="408"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B238DF">
@@ -5677,91 +5687,91 @@
             </w:r>
             <w:r w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>ominee is involved.</w:t>
             </w:r>
             <w:r w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A05CD" w:rsidRPr="00D43326" w14:paraId="223649D6" w14:textId="77777777" w:rsidTr="003A05CD">
+      <w:tr w:rsidR="003A05CD" w:rsidRPr="00EC1943" w14:paraId="223649D6" w14:textId="77777777" w:rsidTr="003A05CD">
         <w:trPr>
           <w:trHeight w:val="859"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10056" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="36DB9D82" w14:textId="77777777" w:rsidR="003A05CD" w:rsidRPr="00B238DF" w:rsidRDefault="003A05CD" w:rsidP="00EE3FF3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="408" w:hanging="408"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t xml:space="preserve">Describe the role of the nominee in the organization or association for which he/she is volunteering and the activities he/she performs.  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A05CD" w:rsidRPr="00D43326" w14:paraId="0B6246BF" w14:textId="77777777" w:rsidTr="003A05CD">
+      <w:tr w:rsidR="003A05CD" w:rsidRPr="00EC1943" w14:paraId="0B6246BF" w14:textId="77777777" w:rsidTr="003A05CD">
         <w:trPr>
           <w:trHeight w:val="859"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10056" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="17BB66C5" w14:textId="77777777" w:rsidR="003A05CD" w:rsidRPr="00B238DF" w:rsidRDefault="003A05CD" w:rsidP="00EE3FF3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="408" w:hanging="408"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
@@ -5836,51 +5846,51 @@
               <w:t xml:space="preserve">Describe how the </w:t>
             </w:r>
             <w:r w:rsidR="00FD5FC7" w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>n</w:t>
             </w:r>
             <w:r w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t xml:space="preserve">ominee’s volunteer activities benefitted the community, either locally, nationally or internationally. Provide examples of the benefits realized by the organization. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A05CD" w:rsidRPr="00D43326" w14:paraId="4A825E34" w14:textId="77777777" w:rsidTr="003A05CD">
+      <w:tr w:rsidR="003A05CD" w:rsidRPr="00EC1943" w14:paraId="4A825E34" w14:textId="77777777" w:rsidTr="003A05CD">
         <w:trPr>
           <w:trHeight w:val="859"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10056" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5B78F601" w14:textId="73ED6F37" w:rsidR="003A05CD" w:rsidRPr="0095606F" w:rsidRDefault="00FD5FC7" w:rsidP="00EE3FF3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="408" w:hanging="408"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
@@ -6705,51 +6715,51 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="75AB30C7" w14:textId="77777777" w:rsidR="00A8083F" w:rsidRDefault="00A8083F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="102A1C21" w14:textId="6F7C690F" w:rsidR="00FD74CA" w:rsidRPr="00B238DF" w:rsidRDefault="00FD74CA" w:rsidP="00B01349">
+  <w:p w14:paraId="102A1C21" w14:textId="05E14618" w:rsidR="00FD74CA" w:rsidRPr="00B238DF" w:rsidRDefault="00FD74CA" w:rsidP="00B01349">
     <w:pPr>
       <w:ind w:left="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="C00000"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00B238DF">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="C00000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-CA"/>
       </w:rPr>
       <w:t xml:space="preserve">Deadline for nominations is </w:t>
     </w:r>
     <w:r w:rsidRPr="00B238DF">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
@@ -6798,61 +6808,61 @@
     </w:r>
     <w:r w:rsidRPr="000B10DD">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="C00000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-CA"/>
       </w:rPr>
       <w:t xml:space="preserve">, </w:t>
     </w:r>
     <w:r w:rsidR="00101659" w:rsidRPr="000B10DD">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="C00000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-CA"/>
       </w:rPr>
       <w:t>202</w:t>
     </w:r>
-    <w:r w:rsidR="001D2B4E">
+    <w:r w:rsidR="00EC1943">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="C00000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-CA"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="3A85E6D2" w14:textId="77777777" w:rsidR="00FD74CA" w:rsidRPr="00672537" w:rsidRDefault="00FD74CA" w:rsidP="00B01349">
     <w:pPr>
       <w:ind w:left="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="764FC721" w14:textId="77777777" w:rsidR="00A8083F" w:rsidRDefault="00A8083F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
@@ -6947,51 +6957,51 @@
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1862455" cy="780415"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="2A1AD878" w14:textId="1E1CE45C" w:rsidR="00FD74CA" w:rsidRPr="00B238DF" w:rsidRDefault="00A8083F" w:rsidP="00DF14E3">
+  <w:p w14:paraId="2A1AD878" w14:textId="5D17F63D" w:rsidR="00FD74CA" w:rsidRPr="00B238DF" w:rsidRDefault="00A8083F" w:rsidP="00DF14E3">
     <w:pPr>
       <w:pStyle w:val="Heading1"/>
       <w:spacing w:before="0" w:after="240" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:bCs w:val="0"/>
         <w:iCs/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:lang w:val="en-CA"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00B238DF">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:bCs w:val="0"/>
         <w:iCs/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:lang w:val="en-CA"/>
       </w:rPr>
@@ -10225,50 +10235,51 @@
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1748766645">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1188449518">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1632907702">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="833566453">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="1615477418">
     <w:abstractNumId w:val="19"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:mirrorMargins/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:trackRevisions/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
@@ -10345,62 +10356,62 @@
     <w:rsid w:val="00382FF3"/>
     <w:rsid w:val="003A05CD"/>
     <w:rsid w:val="003B04D8"/>
     <w:rsid w:val="003B5E87"/>
     <w:rsid w:val="003B624A"/>
     <w:rsid w:val="003C6ADD"/>
     <w:rsid w:val="003C6E7C"/>
     <w:rsid w:val="003E002A"/>
     <w:rsid w:val="003E2F5A"/>
     <w:rsid w:val="003F502D"/>
     <w:rsid w:val="004004B2"/>
     <w:rsid w:val="00407805"/>
     <w:rsid w:val="00422A07"/>
     <w:rsid w:val="00434F48"/>
     <w:rsid w:val="00435EE5"/>
     <w:rsid w:val="00436FC2"/>
     <w:rsid w:val="00445866"/>
     <w:rsid w:val="004469DB"/>
     <w:rsid w:val="004535FC"/>
     <w:rsid w:val="004579D4"/>
     <w:rsid w:val="0046329F"/>
     <w:rsid w:val="004778A0"/>
     <w:rsid w:val="00484ED4"/>
     <w:rsid w:val="004A1B7A"/>
     <w:rsid w:val="004A3D16"/>
-    <w:rsid w:val="004A497B"/>
     <w:rsid w:val="004B03DF"/>
     <w:rsid w:val="004B1891"/>
     <w:rsid w:val="004B2B8B"/>
     <w:rsid w:val="004C37EA"/>
     <w:rsid w:val="004C3DFA"/>
     <w:rsid w:val="004E1C5D"/>
     <w:rsid w:val="004E46C4"/>
     <w:rsid w:val="005137C6"/>
     <w:rsid w:val="0051724F"/>
     <w:rsid w:val="00523EC4"/>
     <w:rsid w:val="0052530D"/>
+    <w:rsid w:val="00525FC9"/>
     <w:rsid w:val="00562B57"/>
     <w:rsid w:val="00574413"/>
     <w:rsid w:val="0058698F"/>
     <w:rsid w:val="00597801"/>
     <w:rsid w:val="005A5ED3"/>
     <w:rsid w:val="005C5AF2"/>
     <w:rsid w:val="005D0FE2"/>
     <w:rsid w:val="005F1264"/>
     <w:rsid w:val="00606152"/>
     <w:rsid w:val="00614C8D"/>
     <w:rsid w:val="00636482"/>
     <w:rsid w:val="00641AB2"/>
     <w:rsid w:val="0065443C"/>
     <w:rsid w:val="00660A9A"/>
     <w:rsid w:val="00670D31"/>
     <w:rsid w:val="00672537"/>
     <w:rsid w:val="00673A97"/>
     <w:rsid w:val="00676422"/>
     <w:rsid w:val="00697290"/>
     <w:rsid w:val="006E43A3"/>
     <w:rsid w:val="006F0254"/>
     <w:rsid w:val="00703769"/>
     <w:rsid w:val="00706A29"/>
     <w:rsid w:val="007076AC"/>
     <w:rsid w:val="0072022D"/>
@@ -10504,76 +10515,76 @@
     <w:rsid w:val="00BF356F"/>
     <w:rsid w:val="00C00C1B"/>
     <w:rsid w:val="00C04FA6"/>
     <w:rsid w:val="00C06826"/>
     <w:rsid w:val="00C06C05"/>
     <w:rsid w:val="00C36ADE"/>
     <w:rsid w:val="00C40128"/>
     <w:rsid w:val="00C631B9"/>
     <w:rsid w:val="00C670CF"/>
     <w:rsid w:val="00C93910"/>
     <w:rsid w:val="00C97D20"/>
     <w:rsid w:val="00CA3B14"/>
     <w:rsid w:val="00CA6895"/>
     <w:rsid w:val="00CA75D3"/>
     <w:rsid w:val="00CD2467"/>
     <w:rsid w:val="00CD328A"/>
     <w:rsid w:val="00CD5B30"/>
     <w:rsid w:val="00CF527A"/>
     <w:rsid w:val="00CF62C9"/>
     <w:rsid w:val="00D036CD"/>
     <w:rsid w:val="00D06A6E"/>
     <w:rsid w:val="00D109B2"/>
     <w:rsid w:val="00D13FEC"/>
     <w:rsid w:val="00D252FA"/>
     <w:rsid w:val="00D36C3E"/>
-    <w:rsid w:val="00D43326"/>
     <w:rsid w:val="00D43F5B"/>
     <w:rsid w:val="00D528FA"/>
     <w:rsid w:val="00D53C85"/>
     <w:rsid w:val="00D56D02"/>
     <w:rsid w:val="00D84EB1"/>
     <w:rsid w:val="00D8710D"/>
     <w:rsid w:val="00D97F33"/>
     <w:rsid w:val="00DA240A"/>
     <w:rsid w:val="00DA4656"/>
     <w:rsid w:val="00DB1293"/>
     <w:rsid w:val="00DB3D2E"/>
     <w:rsid w:val="00DC5B3E"/>
     <w:rsid w:val="00DD4151"/>
     <w:rsid w:val="00DD76B7"/>
     <w:rsid w:val="00DE04F5"/>
     <w:rsid w:val="00DE360D"/>
     <w:rsid w:val="00DF14E3"/>
     <w:rsid w:val="00E070AB"/>
     <w:rsid w:val="00E612B3"/>
     <w:rsid w:val="00E6461A"/>
     <w:rsid w:val="00E65C25"/>
     <w:rsid w:val="00E91896"/>
     <w:rsid w:val="00E93519"/>
     <w:rsid w:val="00E94EBC"/>
     <w:rsid w:val="00EA5271"/>
+    <w:rsid w:val="00EC1943"/>
     <w:rsid w:val="00ED53CD"/>
     <w:rsid w:val="00EE39EE"/>
     <w:rsid w:val="00EE3FF3"/>
     <w:rsid w:val="00EE748C"/>
     <w:rsid w:val="00F10A7B"/>
     <w:rsid w:val="00F12FED"/>
     <w:rsid w:val="00F40B89"/>
     <w:rsid w:val="00F82E8E"/>
     <w:rsid w:val="00F95DF5"/>
     <w:rsid w:val="00FA7889"/>
     <w:rsid w:val="00FB763B"/>
     <w:rsid w:val="00FD5FC7"/>
     <w:rsid w:val="00FD74CA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
@@ -12146,75 +12157,75 @@
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E9EF6666-7BAC-4199-99DC-B01AAD37E15F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="9e9a0c9f-933a-4edd-ad93-7775c6c3041b"/>
     <ds:schemaRef ds:uri="cca1fe8d-7008-4cf4-b9bb-be0bef693b5b"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>736</Words>
-  <Characters>5252</Characters>
+  <Words>907</Words>
+  <Characters>6473</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>149</Lines>
-  <Paragraphs>92</Paragraphs>
+  <Lines>184</Lines>
+  <Paragraphs>127</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Nominating Process modifications to be considered</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7241</CharactersWithSpaces>
+  <CharactersWithSpaces>7253</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>589860</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:gcurran@federalretirees.ca</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>