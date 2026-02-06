--- v2 (2026-01-06)
+++ v3 (2026-02-06)
@@ -1,47 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4489DBF4" w14:textId="2AAE908C" w:rsidR="00D528FA" w:rsidRPr="00E612B3" w:rsidRDefault="00235BF7" w:rsidP="004778A0">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
@@ -899,51 +895,51 @@
         <w:keepNext w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B238DF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Attach any supporting documents</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29DB466E" w14:textId="073E8E2F" w:rsidR="00AF4873" w:rsidRPr="00B238DF" w:rsidRDefault="00B01349" w:rsidP="00DF14E3">
+    <w:p w14:paraId="29DB466E" w14:textId="3DB02585" w:rsidR="00AF4873" w:rsidRPr="00B238DF" w:rsidRDefault="00B01349" w:rsidP="00DF14E3">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B238DF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Submit by</w:t>
       </w:r>
       <w:r w:rsidRPr="00B238DF">
@@ -979,103 +975,103 @@
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00CD328A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>February</w:t>
       </w:r>
       <w:r w:rsidR="005A5ED3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 21, 202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EC1943">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A525D2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>6</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0018595F">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00A525D2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>,</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007D347C" w:rsidRPr="000B10DD">
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="005A5ED3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00101659" w:rsidRPr="000B10DD">
+        <w:t>, 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC1943">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DE04F5">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="0018595F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>5</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00101659" w:rsidRPr="00B238DF">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="007D347C" w:rsidRPr="000B10DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0021008F" w:rsidRPr="00B238DF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>to Gail Curran, Volunteer Engagement Officer</w:t>
       </w:r>
       <w:r w:rsidR="009A6FCC" w:rsidRPr="00B238DF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="22"/>
@@ -2431,51 +2427,51 @@
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>If using the hard copy version of this form, please attach extra pages as required)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9914" w:type="dxa"/>
         <w:tblInd w:w="-176" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9914"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A3103C" w:rsidRPr="00EC1943" w14:paraId="1696F199" w14:textId="77777777" w:rsidTr="00D528FA">
+      <w:tr w:rsidR="00A3103C" w:rsidRPr="00A525D2" w14:paraId="1696F199" w14:textId="77777777" w:rsidTr="00D528FA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9914" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
           </w:tcPr>
           <w:p w14:paraId="2DCE08D2" w14:textId="77777777" w:rsidR="00A3103C" w:rsidRPr="00B238DF" w:rsidRDefault="00A3103C" w:rsidP="00434F48">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="C00000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="36"/>
                 <w:sz w:val="28"/>
@@ -2643,51 +2639,51 @@
             </w:r>
             <w:r w:rsidR="00C93910" w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">ation </w:t>
             </w:r>
             <w:r w:rsidR="00A3103C" w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">volunteer who demonstrated outstanding leadership and perseverance in advancing </w:t>
             </w:r>
             <w:r w:rsidR="00C93910" w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>an Association’s cause or causes which benefit(s) members.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A3103C" w:rsidRPr="00EC1943" w14:paraId="3D707A73" w14:textId="77777777" w:rsidTr="00D528FA">
+      <w:tr w:rsidR="00A3103C" w:rsidRPr="00A525D2" w14:paraId="3D707A73" w14:textId="77777777" w:rsidTr="00D528FA">
         <w:trPr>
           <w:trHeight w:val="900"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9914" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="37BF3567" w14:textId="77777777" w:rsidR="00A3103C" w:rsidRPr="00B238DF" w:rsidRDefault="00A3103C" w:rsidP="00EE3FF3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:ind w:left="356"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B238DF">
               <w:rPr>
@@ -2703,188 +2699,183 @@
             <w:r w:rsidR="007647B4" w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>the Association</w:t>
             </w:r>
             <w:r w:rsidR="00DA4656" w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A3103C" w:rsidRPr="00EC1943" w14:paraId="49E3641B" w14:textId="77777777" w:rsidTr="00BF080E">
+      <w:tr w:rsidR="00A3103C" w:rsidRPr="00A525D2" w14:paraId="49E3641B" w14:textId="77777777" w:rsidTr="00BF080E">
         <w:trPr>
           <w:trHeight w:val="900"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9914" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F1652F0" w14:textId="77777777" w:rsidR="00A3103C" w:rsidRPr="00EC1943" w:rsidRDefault="00A3103C" w:rsidP="00EE3FF3">
+          <w:p w14:paraId="1F1652F0" w14:textId="77777777" w:rsidR="00A3103C" w:rsidRPr="00A525D2" w:rsidRDefault="00A3103C" w:rsidP="00EE3FF3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:ind w:left="356"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
-                <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC1943">
+            <w:r w:rsidRPr="00A525D2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
-                <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t xml:space="preserve">Describe the </w:t>
             </w:r>
-            <w:r w:rsidR="00A46141" w:rsidRPr="00EC1943">
+            <w:r w:rsidR="00A46141" w:rsidRPr="00A525D2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
-                <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t xml:space="preserve">nominee’s leadership role(s) in </w:t>
             </w:r>
-            <w:r w:rsidR="007647B4" w:rsidRPr="00EC1943">
+            <w:r w:rsidR="007647B4" w:rsidRPr="00A525D2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
-                <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>the Association</w:t>
             </w:r>
-            <w:r w:rsidR="00A46141" w:rsidRPr="00EC1943">
+            <w:r w:rsidR="00A46141" w:rsidRPr="00A525D2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
-                <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="36788DC4" w14:textId="77777777" w:rsidR="00434F48" w:rsidRPr="00B238DF" w:rsidRDefault="00434F48" w:rsidP="00434F48">
+          <w:p w14:paraId="36788DC4" w14:textId="77777777" w:rsidR="00434F48" w:rsidRPr="00A525D2" w:rsidRDefault="00434F48" w:rsidP="00434F48">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A46141" w:rsidRPr="00EC1943" w14:paraId="72A746D8" w14:textId="77777777" w:rsidTr="00BF080E">
+      <w:tr w:rsidR="00A46141" w:rsidRPr="00A525D2" w14:paraId="72A746D8" w14:textId="77777777" w:rsidTr="00BF080E">
         <w:trPr>
           <w:trHeight w:val="900"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9914" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="338439B9" w14:textId="77777777" w:rsidR="00A46141" w:rsidRPr="00B238DF" w:rsidRDefault="00A46141" w:rsidP="00EE3FF3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:ind w:left="356"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>Describe</w:t>
             </w:r>
             <w:r w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t xml:space="preserve"> the advances or accomplishments that resulted from the nominee’s leadership efforts. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A3103C" w:rsidRPr="00EC1943" w14:paraId="73EA5C31" w14:textId="77777777" w:rsidTr="00BF080E">
+      <w:tr w:rsidR="00A3103C" w:rsidRPr="00A525D2" w14:paraId="73EA5C31" w14:textId="77777777" w:rsidTr="00BF080E">
         <w:trPr>
           <w:trHeight w:val="900"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9914" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1655C81A" w14:textId="77777777" w:rsidR="00A3103C" w:rsidRPr="00B238DF" w:rsidRDefault="00A3103C" w:rsidP="00EE3FF3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:ind w:left="356"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2907,51 +2898,51 @@
               <w:t xml:space="preserve"> the challenges and obstacles faced by the nominee</w:t>
             </w:r>
             <w:r w:rsidR="00C00C1B" w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t xml:space="preserve"> and how they were overcome</w:t>
             </w:r>
             <w:r w:rsidR="00A46141" w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A3103C" w:rsidRPr="00EC1943" w14:paraId="22E25286" w14:textId="77777777" w:rsidTr="004B2B8B">
+      <w:tr w:rsidR="00A3103C" w:rsidRPr="00A525D2" w14:paraId="22E25286" w14:textId="77777777" w:rsidTr="004B2B8B">
         <w:trPr>
           <w:trHeight w:val="611"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9914" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="00DFC056" w14:textId="6B91D772" w:rsidR="00A3103C" w:rsidRPr="0095606F" w:rsidRDefault="008F33A6" w:rsidP="00EE3FF3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:ind w:left="356"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
@@ -4006,51 +3997,51 @@
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9923" w:type="dxa"/>
         <w:tblInd w:w="-459" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9923"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00012359" w:rsidRPr="00EC1943" w14:paraId="08B00489" w14:textId="77777777" w:rsidTr="00D528FA">
+      <w:tr w:rsidR="00012359" w:rsidRPr="00A525D2" w14:paraId="08B00489" w14:textId="77777777" w:rsidTr="00D528FA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
           </w:tcPr>
           <w:p w14:paraId="5FE0E517" w14:textId="77777777" w:rsidR="00012359" w:rsidRPr="00B238DF" w:rsidRDefault="0021008F" w:rsidP="00434F48">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="C00000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="36"/>
                 <w:sz w:val="28"/>
@@ -4072,51 +4063,51 @@
               </w:rPr>
               <w:t>AWARD</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="51C188F5" w14:textId="77777777" w:rsidR="00012359" w:rsidRPr="00B238DF" w:rsidRDefault="00C93910" w:rsidP="003A05CD">
             <w:pPr>
               <w:pStyle w:val="BodyText3"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Awarded to an Association volunteer who made a significant contribution to a partnership or collaborative activity requiring the cooperation of different Association entities and/or external stakeholders, resulting in benefits to members, one or more Branches or Districts, or the Association as a whole</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D53C85" w:rsidRPr="00EC1943" w14:paraId="26C6ED6A" w14:textId="77777777" w:rsidTr="00BF080E">
+      <w:tr w:rsidR="00D53C85" w:rsidRPr="00A525D2" w14:paraId="26C6ED6A" w14:textId="77777777" w:rsidTr="00BF080E">
         <w:trPr>
           <w:trHeight w:val="780"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="63AAB3F7" w14:textId="77777777" w:rsidR="00D53C85" w:rsidRPr="00B238DF" w:rsidRDefault="00D53C85" w:rsidP="00EE3FF3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:ind w:left="356"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4158,51 +4149,51 @@
               <w:t xml:space="preserve"> history with </w:t>
             </w:r>
             <w:r w:rsidR="00B572BE" w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>the Association</w:t>
             </w:r>
             <w:r w:rsidR="00CD2467" w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00012359" w:rsidRPr="00EC1943" w14:paraId="56209C9B" w14:textId="77777777" w:rsidTr="00BF080E">
+      <w:tr w:rsidR="00012359" w:rsidRPr="00A525D2" w14:paraId="56209C9B" w14:textId="77777777" w:rsidTr="00BF080E">
         <w:trPr>
           <w:trHeight w:val="780"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="388EB774" w14:textId="77777777" w:rsidR="00012359" w:rsidRPr="00B238DF" w:rsidRDefault="00C631B9" w:rsidP="00EE3FF3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:ind w:left="356"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B238DF">
               <w:rPr>
@@ -4245,51 +4236,51 @@
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>ddressed</w:t>
             </w:r>
             <w:r w:rsidR="00BF080E" w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00012359" w:rsidRPr="00EC1943" w14:paraId="680EED6F" w14:textId="77777777" w:rsidTr="00BF080E">
+      <w:tr w:rsidR="00012359" w:rsidRPr="00A525D2" w14:paraId="680EED6F" w14:textId="77777777" w:rsidTr="00BF080E">
         <w:trPr>
           <w:trHeight w:val="780"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3C24BA61" w14:textId="77777777" w:rsidR="00012359" w:rsidRPr="00B238DF" w:rsidRDefault="00012359" w:rsidP="00EE3FF3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:ind w:left="356"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B238DF">
               <w:rPr>
@@ -4382,51 +4373,51 @@
               <w:t>elements</w:t>
             </w:r>
             <w:r w:rsidR="00CD2467" w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t xml:space="preserve">                             </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00012359" w:rsidRPr="00EC1943" w14:paraId="62608CBA" w14:textId="77777777" w:rsidTr="00BF080E">
+      <w:tr w:rsidR="00012359" w:rsidRPr="00A525D2" w14:paraId="62608CBA" w14:textId="77777777" w:rsidTr="00BF080E">
         <w:trPr>
           <w:trHeight w:val="780"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1FB79F22" w14:textId="77777777" w:rsidR="00012359" w:rsidRPr="00B238DF" w:rsidRDefault="00C631B9" w:rsidP="00A32433">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:ind w:left="356"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4468,51 +4459,51 @@
               <w:t xml:space="preserve"> c</w:t>
             </w:r>
             <w:r w:rsidR="001A1565" w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>ollaborative initiative and for whom</w:t>
             </w:r>
             <w:r w:rsidR="00CD2467" w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00012359" w:rsidRPr="00EC1943" w14:paraId="018FA064" w14:textId="77777777" w:rsidTr="00BF080E">
+      <w:tr w:rsidR="00012359" w:rsidRPr="00A525D2" w14:paraId="018FA064" w14:textId="77777777" w:rsidTr="00BF080E">
         <w:trPr>
           <w:trHeight w:val="780"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2D03B04F" w14:textId="77777777" w:rsidR="004C3DFA" w:rsidRPr="00B238DF" w:rsidRDefault="00012359" w:rsidP="00EE3FF3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:ind w:left="356"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4544,51 +4535,51 @@
               <w:t xml:space="preserve">or project </w:t>
             </w:r>
             <w:r w:rsidR="002D1B66" w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t xml:space="preserve">has been or could be adopted by other branches and the benefits for </w:t>
             </w:r>
             <w:r w:rsidR="00CD2467" w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t xml:space="preserve">the organization. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A46141" w:rsidRPr="00EC1943" w14:paraId="3588A772" w14:textId="77777777" w:rsidTr="004B2B8B">
+      <w:tr w:rsidR="00A46141" w:rsidRPr="00A525D2" w14:paraId="3588A772" w14:textId="77777777" w:rsidTr="004B2B8B">
         <w:trPr>
           <w:trHeight w:val="445"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7E08E00F" w14:textId="692FECCB" w:rsidR="00A46141" w:rsidRPr="0095606F" w:rsidRDefault="00A46141" w:rsidP="00EE3FF3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:ind w:left="356"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
@@ -5413,51 +5404,51 @@
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>If using the hard copy version of this form, please attach extra pages as required)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10056" w:type="dxa"/>
         <w:tblInd w:w="-318" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10056"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003A05CD" w:rsidRPr="00EC1943" w14:paraId="31924CC2" w14:textId="77777777" w:rsidTr="003A05CD">
+      <w:tr w:rsidR="003A05CD" w:rsidRPr="00A525D2" w14:paraId="31924CC2" w14:textId="77777777" w:rsidTr="003A05CD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10056" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
           </w:tcPr>
           <w:p w14:paraId="5D4EB740" w14:textId="77777777" w:rsidR="003A05CD" w:rsidRPr="00B238DF" w:rsidRDefault="003A05CD" w:rsidP="003A05CD">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="C00000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="36"/>
                 <w:sz w:val="28"/>
@@ -5539,51 +5530,51 @@
             <w:r w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0070C0"/>
                 <w:kern w:val="36"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>the Association</w:t>
             </w:r>
             <w:r w:rsidR="003A05CD" w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0070C0"/>
                 <w:kern w:val="36"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A05CD" w:rsidRPr="00EC1943" w14:paraId="543B7E43" w14:textId="77777777" w:rsidTr="003A05CD">
+      <w:tr w:rsidR="003A05CD" w:rsidRPr="00A525D2" w14:paraId="543B7E43" w14:textId="77777777" w:rsidTr="003A05CD">
         <w:trPr>
           <w:trHeight w:val="859"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10056" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="549787A4" w14:textId="77777777" w:rsidR="003A05CD" w:rsidRPr="00B238DF" w:rsidRDefault="003A05CD" w:rsidP="00B65ACE">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="408" w:hanging="408"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
@@ -5618,51 +5609,51 @@
               <w:t xml:space="preserve">ominee’s history with </w:t>
             </w:r>
             <w:r w:rsidR="00B572BE" w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>the Association</w:t>
             </w:r>
             <w:r w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A05CD" w:rsidRPr="00EC1943" w14:paraId="68B65B5B" w14:textId="77777777" w:rsidTr="003A05CD">
+      <w:tr w:rsidR="003A05CD" w:rsidRPr="00A525D2" w14:paraId="68B65B5B" w14:textId="77777777" w:rsidTr="003A05CD">
         <w:trPr>
           <w:trHeight w:val="859"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10056" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0967A876" w14:textId="77777777" w:rsidR="003A05CD" w:rsidRPr="00B238DF" w:rsidRDefault="003A05CD" w:rsidP="00EE3FF3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="408" w:hanging="408"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B238DF">
@@ -5687,91 +5678,91 @@
             </w:r>
             <w:r w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>ominee is involved.</w:t>
             </w:r>
             <w:r w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A05CD" w:rsidRPr="00EC1943" w14:paraId="223649D6" w14:textId="77777777" w:rsidTr="003A05CD">
+      <w:tr w:rsidR="003A05CD" w:rsidRPr="00A525D2" w14:paraId="223649D6" w14:textId="77777777" w:rsidTr="003A05CD">
         <w:trPr>
           <w:trHeight w:val="859"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10056" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="36DB9D82" w14:textId="77777777" w:rsidR="003A05CD" w:rsidRPr="00B238DF" w:rsidRDefault="003A05CD" w:rsidP="00EE3FF3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="408" w:hanging="408"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t xml:space="preserve">Describe the role of the nominee in the organization or association for which he/she is volunteering and the activities he/she performs.  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A05CD" w:rsidRPr="00EC1943" w14:paraId="0B6246BF" w14:textId="77777777" w:rsidTr="003A05CD">
+      <w:tr w:rsidR="003A05CD" w:rsidRPr="00A525D2" w14:paraId="0B6246BF" w14:textId="77777777" w:rsidTr="003A05CD">
         <w:trPr>
           <w:trHeight w:val="859"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10056" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="17BB66C5" w14:textId="77777777" w:rsidR="003A05CD" w:rsidRPr="00B238DF" w:rsidRDefault="003A05CD" w:rsidP="00EE3FF3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="408" w:hanging="408"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
@@ -5846,51 +5837,51 @@
               <w:t xml:space="preserve">Describe how the </w:t>
             </w:r>
             <w:r w:rsidR="00FD5FC7" w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>n</w:t>
             </w:r>
             <w:r w:rsidRPr="00B238DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t xml:space="preserve">ominee’s volunteer activities benefitted the community, either locally, nationally or internationally. Provide examples of the benefits realized by the organization. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A05CD" w:rsidRPr="00EC1943" w14:paraId="4A825E34" w14:textId="77777777" w:rsidTr="003A05CD">
+      <w:tr w:rsidR="003A05CD" w:rsidRPr="00A525D2" w14:paraId="4A825E34" w14:textId="77777777" w:rsidTr="003A05CD">
         <w:trPr>
           <w:trHeight w:val="859"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10056" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5B78F601" w14:textId="73ED6F37" w:rsidR="003A05CD" w:rsidRPr="0095606F" w:rsidRDefault="00FD5FC7" w:rsidP="00EE3FF3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="408" w:hanging="408"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
@@ -6588,79 +6579,75 @@
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1FE96E16" w14:textId="77777777" w:rsidR="001430F8" w:rsidRPr="00B238DF" w:rsidRDefault="001430F8" w:rsidP="00A32433">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="36"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="001430F8" w:rsidRPr="00B238DF" w:rsidSect="00145B3B">
-      <w:headerReference w:type="even" r:id="rId11"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId16"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1134" w:right="1440" w:bottom="1134" w:left="1797" w:header="113" w:footer="340" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="78A95A89" w14:textId="77777777" w:rsidR="00B95BDB" w:rsidRDefault="00B95BDB">
+    <w:p w14:paraId="3B6CEC7C" w14:textId="77777777" w:rsidR="00A91F76" w:rsidRDefault="00A91F76">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="59A8E4A7" w14:textId="77777777" w:rsidR="00B95BDB" w:rsidRDefault="00B95BDB">
+    <w:p w14:paraId="484D0583" w14:textId="77777777" w:rsidR="00A91F76" w:rsidRDefault="00A91F76">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -6705,61 +6692,51 @@
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="75AB30C7" w14:textId="77777777" w:rsidR="00A8083F" w:rsidRDefault="00A8083F">
-[...9 lines deleted...]
-  <w:p w14:paraId="102A1C21" w14:textId="05E14618" w:rsidR="00FD74CA" w:rsidRPr="00B238DF" w:rsidRDefault="00FD74CA" w:rsidP="00B01349">
+  <w:p w14:paraId="102A1C21" w14:textId="299C30EA" w:rsidR="00FD74CA" w:rsidRPr="00B238DF" w:rsidRDefault="00FD74CA" w:rsidP="00B01349">
     <w:pPr>
       <w:ind w:left="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="C00000"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00B238DF">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="C00000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-CA"/>
       </w:rPr>
       <w:t xml:space="preserve">Deadline for nominations is </w:t>
     </w:r>
     <w:r w:rsidRPr="00B238DF">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
@@ -6772,157 +6749,149 @@
     </w:r>
     <w:r w:rsidR="007D347C" w:rsidRPr="000B10DD">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="C00000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-CA"/>
       </w:rPr>
       <w:t xml:space="preserve">Friday, </w:t>
     </w:r>
     <w:r w:rsidR="00CD328A">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="C00000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-CA"/>
       </w:rPr>
       <w:t xml:space="preserve">February </w:t>
     </w:r>
-    <w:r w:rsidR="005A5ED3">
+    <w:r w:rsidR="00A525D2">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="C00000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-CA"/>
       </w:rPr>
-      <w:t>21</w:t>
+      <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidRPr="000B10DD">
+    <w:r w:rsidR="00A525D2">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="C00000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-CA"/>
       </w:rPr>
-      <w:t xml:space="preserve">, </w:t>
+      <w:t>0</w:t>
     </w:r>
-    <w:r w:rsidR="00101659" w:rsidRPr="000B10DD">
+    <w:r w:rsidRPr="000B10DD">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="C00000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-CA"/>
       </w:rPr>
-      <w:t>202</w:t>
+      <w:t xml:space="preserve">, </w:t>
     </w:r>
-    <w:r w:rsidR="00EC1943">
+    <w:r w:rsidR="00101659" w:rsidRPr="000B10DD">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="C00000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-CA"/>
       </w:rPr>
+      <w:t>202</w:t>
+    </w:r>
+    <w:r w:rsidR="00EC1943">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="C00000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-CA"/>
+      </w:rPr>
       <w:t>6</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="3A85E6D2" w14:textId="77777777" w:rsidR="00FD74CA" w:rsidRPr="00672537" w:rsidRDefault="00FD74CA" w:rsidP="00B01349">
     <w:pPr>
       <w:ind w:left="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
-    </w:pPr>
-[...8 lines deleted...]
-      <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="20345180" w14:textId="77777777" w:rsidR="00B95BDB" w:rsidRDefault="00B95BDB">
+    <w:p w14:paraId="20A3EC7D" w14:textId="77777777" w:rsidR="00A91F76" w:rsidRDefault="00A91F76">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="09471BE9" w14:textId="77777777" w:rsidR="00B95BDB" w:rsidRDefault="00B95BDB">
+    <w:p w14:paraId="5AE3AC5E" w14:textId="77777777" w:rsidR="00A91F76" w:rsidRDefault="00A91F76">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...8 lines deleted...]
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6267259D" w14:textId="51DC6550" w:rsidR="00036628" w:rsidRDefault="00235BF7" w:rsidP="00DF14E3">
     <w:pPr>
       <w:pStyle w:val="Heading1"/>
       <w:spacing w:before="0" w:after="240" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:bCs w:val="0"/>
         <w:iCs/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-CA"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:bCs w:val="0"/>
         <w:iCs/>
         <w:noProof/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="16"/>
@@ -7021,60 +6990,50 @@
     </w:r>
     <w:r w:rsidRPr="00B238DF">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:bCs w:val="0"/>
         <w:iCs/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:lang w:val="en-CA"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00FD74CA" w:rsidRPr="00B238DF">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:bCs w:val="0"/>
         <w:iCs/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:lang w:val="en-CA"/>
       </w:rPr>
       <w:t>Individual Volunteer Awards Nomination Form</w:t>
     </w:r>
-  </w:p>
-[...8 lines deleted...]
-    </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="016B1195"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="84D2FA70"/>
     <w:lvl w:ilvl="0" w:tplc="5C883E8C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="216" w:hanging="216"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
@@ -10235,51 +10194,50 @@
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1748766645">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1188449518">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1632907702">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="833566453">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="1615477418">
     <w:abstractNumId w:val="19"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:mirrorMargins/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:trackRevisions/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
@@ -10318,75 +10276,78 @@
     <w:rsid w:val="00173FCF"/>
     <w:rsid w:val="00175FC1"/>
     <w:rsid w:val="001829E4"/>
     <w:rsid w:val="001844CA"/>
     <w:rsid w:val="00184560"/>
     <w:rsid w:val="0018595F"/>
     <w:rsid w:val="001A1565"/>
     <w:rsid w:val="001C6683"/>
     <w:rsid w:val="001D2B4E"/>
     <w:rsid w:val="001E1D9D"/>
     <w:rsid w:val="001E4E3D"/>
     <w:rsid w:val="001E6A5B"/>
     <w:rsid w:val="002002EE"/>
     <w:rsid w:val="00204412"/>
     <w:rsid w:val="00204FBB"/>
     <w:rsid w:val="0021008F"/>
     <w:rsid w:val="00212AC6"/>
     <w:rsid w:val="00221C2E"/>
     <w:rsid w:val="002324E7"/>
     <w:rsid w:val="00235BF7"/>
     <w:rsid w:val="00241DEE"/>
     <w:rsid w:val="00243356"/>
     <w:rsid w:val="00265E84"/>
     <w:rsid w:val="00281265"/>
     <w:rsid w:val="00295CAC"/>
+    <w:rsid w:val="002B4577"/>
     <w:rsid w:val="002B5C09"/>
     <w:rsid w:val="002C1B2C"/>
     <w:rsid w:val="002D1B66"/>
     <w:rsid w:val="002E24B8"/>
     <w:rsid w:val="002E6BB2"/>
     <w:rsid w:val="002F0210"/>
     <w:rsid w:val="002F5520"/>
     <w:rsid w:val="00320A37"/>
     <w:rsid w:val="00341355"/>
     <w:rsid w:val="003415BF"/>
     <w:rsid w:val="003513AE"/>
+    <w:rsid w:val="00356AAF"/>
     <w:rsid w:val="0037199C"/>
     <w:rsid w:val="00372091"/>
     <w:rsid w:val="00382FF3"/>
     <w:rsid w:val="003A05CD"/>
     <w:rsid w:val="003B04D8"/>
     <w:rsid w:val="003B5E87"/>
     <w:rsid w:val="003B624A"/>
     <w:rsid w:val="003C6ADD"/>
     <w:rsid w:val="003C6E7C"/>
     <w:rsid w:val="003E002A"/>
     <w:rsid w:val="003E2F5A"/>
     <w:rsid w:val="003F502D"/>
     <w:rsid w:val="004004B2"/>
     <w:rsid w:val="00407805"/>
+    <w:rsid w:val="0042189D"/>
     <w:rsid w:val="00422A07"/>
     <w:rsid w:val="00434F48"/>
     <w:rsid w:val="00435EE5"/>
     <w:rsid w:val="00436FC2"/>
     <w:rsid w:val="00445866"/>
     <w:rsid w:val="004469DB"/>
     <w:rsid w:val="004535FC"/>
     <w:rsid w:val="004579D4"/>
     <w:rsid w:val="0046329F"/>
     <w:rsid w:val="004778A0"/>
     <w:rsid w:val="00484ED4"/>
     <w:rsid w:val="004A1B7A"/>
     <w:rsid w:val="004A3D16"/>
     <w:rsid w:val="004B03DF"/>
     <w:rsid w:val="004B1891"/>
     <w:rsid w:val="004B2B8B"/>
     <w:rsid w:val="004C37EA"/>
     <w:rsid w:val="004C3DFA"/>
     <w:rsid w:val="004E1C5D"/>
     <w:rsid w:val="004E46C4"/>
     <w:rsid w:val="005137C6"/>
     <w:rsid w:val="0051724F"/>
     <w:rsid w:val="00523EC4"/>
     <w:rsid w:val="0052530D"/>
     <w:rsid w:val="00525FC9"/>
@@ -10411,103 +10372,106 @@
     <w:rsid w:val="00697290"/>
     <w:rsid w:val="006E43A3"/>
     <w:rsid w:val="006F0254"/>
     <w:rsid w:val="00703769"/>
     <w:rsid w:val="00706A29"/>
     <w:rsid w:val="007076AC"/>
     <w:rsid w:val="0072022D"/>
     <w:rsid w:val="00727087"/>
     <w:rsid w:val="0073553F"/>
     <w:rsid w:val="00743C0F"/>
     <w:rsid w:val="0075650B"/>
     <w:rsid w:val="007623E4"/>
     <w:rsid w:val="007647B4"/>
     <w:rsid w:val="007667EB"/>
     <w:rsid w:val="0078151C"/>
     <w:rsid w:val="00781E6B"/>
     <w:rsid w:val="00783254"/>
     <w:rsid w:val="00790414"/>
     <w:rsid w:val="007913EC"/>
     <w:rsid w:val="007A26DC"/>
     <w:rsid w:val="007A3801"/>
     <w:rsid w:val="007D29ED"/>
     <w:rsid w:val="007D347C"/>
     <w:rsid w:val="007D6B54"/>
     <w:rsid w:val="007E030C"/>
+    <w:rsid w:val="007E218A"/>
     <w:rsid w:val="00846D26"/>
     <w:rsid w:val="00847966"/>
     <w:rsid w:val="008635AA"/>
     <w:rsid w:val="00875CB0"/>
     <w:rsid w:val="00880425"/>
     <w:rsid w:val="0088246E"/>
     <w:rsid w:val="0088393E"/>
     <w:rsid w:val="00883A0B"/>
     <w:rsid w:val="008928DB"/>
     <w:rsid w:val="0089406B"/>
     <w:rsid w:val="008C026E"/>
     <w:rsid w:val="008C5B33"/>
     <w:rsid w:val="008F33A6"/>
     <w:rsid w:val="008F44B7"/>
     <w:rsid w:val="00911B98"/>
     <w:rsid w:val="009142B5"/>
     <w:rsid w:val="00927053"/>
     <w:rsid w:val="00930B8F"/>
     <w:rsid w:val="00933C8E"/>
     <w:rsid w:val="00937434"/>
     <w:rsid w:val="0094007B"/>
     <w:rsid w:val="009459DD"/>
     <w:rsid w:val="0095606F"/>
     <w:rsid w:val="00973620"/>
     <w:rsid w:val="0097412D"/>
     <w:rsid w:val="00982B48"/>
     <w:rsid w:val="00994C3F"/>
     <w:rsid w:val="00994FA0"/>
     <w:rsid w:val="009A26C9"/>
     <w:rsid w:val="009A6FCC"/>
     <w:rsid w:val="009B2584"/>
     <w:rsid w:val="009B330F"/>
     <w:rsid w:val="009B3707"/>
     <w:rsid w:val="009D194A"/>
     <w:rsid w:val="009D21F4"/>
     <w:rsid w:val="009D5135"/>
     <w:rsid w:val="009D6CB4"/>
     <w:rsid w:val="009E14AF"/>
     <w:rsid w:val="009F2A58"/>
     <w:rsid w:val="009F640E"/>
     <w:rsid w:val="00A0531B"/>
     <w:rsid w:val="00A146BE"/>
     <w:rsid w:val="00A17DBA"/>
     <w:rsid w:val="00A3103C"/>
     <w:rsid w:val="00A32433"/>
     <w:rsid w:val="00A46141"/>
     <w:rsid w:val="00A47424"/>
+    <w:rsid w:val="00A525D2"/>
     <w:rsid w:val="00A71C9F"/>
     <w:rsid w:val="00A71CDD"/>
     <w:rsid w:val="00A7222B"/>
     <w:rsid w:val="00A77075"/>
     <w:rsid w:val="00A8083F"/>
     <w:rsid w:val="00A834B5"/>
+    <w:rsid w:val="00A91F76"/>
     <w:rsid w:val="00A97E19"/>
     <w:rsid w:val="00AD30A0"/>
     <w:rsid w:val="00AF2DCB"/>
     <w:rsid w:val="00AF3BA2"/>
     <w:rsid w:val="00AF4873"/>
     <w:rsid w:val="00B01349"/>
     <w:rsid w:val="00B10718"/>
     <w:rsid w:val="00B20581"/>
     <w:rsid w:val="00B238DF"/>
     <w:rsid w:val="00B36CEC"/>
     <w:rsid w:val="00B56BE6"/>
     <w:rsid w:val="00B572BE"/>
     <w:rsid w:val="00B65ACE"/>
     <w:rsid w:val="00B93A79"/>
     <w:rsid w:val="00B95BDB"/>
     <w:rsid w:val="00B97A00"/>
     <w:rsid w:val="00BA021A"/>
     <w:rsid w:val="00BB4239"/>
     <w:rsid w:val="00BC3E96"/>
     <w:rsid w:val="00BC48BC"/>
     <w:rsid w:val="00BC501C"/>
     <w:rsid w:val="00BD0056"/>
     <w:rsid w:val="00BE089B"/>
     <w:rsid w:val="00BE33F5"/>
     <w:rsid w:val="00BE5BC7"/>
@@ -10548,50 +10512,51 @@
     <w:rsid w:val="00DA4656"/>
     <w:rsid w:val="00DB1293"/>
     <w:rsid w:val="00DB3D2E"/>
     <w:rsid w:val="00DC5B3E"/>
     <w:rsid w:val="00DD4151"/>
     <w:rsid w:val="00DD76B7"/>
     <w:rsid w:val="00DE04F5"/>
     <w:rsid w:val="00DE360D"/>
     <w:rsid w:val="00DF14E3"/>
     <w:rsid w:val="00E070AB"/>
     <w:rsid w:val="00E612B3"/>
     <w:rsid w:val="00E6461A"/>
     <w:rsid w:val="00E65C25"/>
     <w:rsid w:val="00E91896"/>
     <w:rsid w:val="00E93519"/>
     <w:rsid w:val="00E94EBC"/>
     <w:rsid w:val="00EA5271"/>
     <w:rsid w:val="00EC1943"/>
     <w:rsid w:val="00ED53CD"/>
     <w:rsid w:val="00EE39EE"/>
     <w:rsid w:val="00EE3FF3"/>
     <w:rsid w:val="00EE748C"/>
     <w:rsid w:val="00F10A7B"/>
     <w:rsid w:val="00F12FED"/>
     <w:rsid w:val="00F40B89"/>
+    <w:rsid w:val="00F81AC6"/>
     <w:rsid w:val="00F82E8E"/>
     <w:rsid w:val="00F95DF5"/>
     <w:rsid w:val="00FA7889"/>
     <w:rsid w:val="00FB763B"/>
     <w:rsid w:val="00FD5FC7"/>
     <w:rsid w:val="00FD74CA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-CA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
@@ -11531,54 +11496,54 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="783615513">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gcurran@federalretirees.ca" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gcurran@federalretirees.ca" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
@@ -12154,78 +12119,78 @@
     <ds:schemaRef ds:uri="cca1fe8d-7008-4cf4-b9bb-be0bef693b5b"/>
     <ds:schemaRef ds:uri="9e9a0c9f-933a-4edd-ad93-7775c6c3041b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E9EF6666-7BAC-4199-99DC-B01AAD37E15F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="9e9a0c9f-933a-4edd-ad93-7775c6c3041b"/>
     <ds:schemaRef ds:uri="cca1fe8d-7008-4cf4-b9bb-be0bef693b5b"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>907</Words>
-  <Characters>6473</Characters>
+  <Words>906</Words>
+  <Characters>6469</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
+  <DocSecurity>4</DocSecurity>
   <Lines>184</Lines>
   <Paragraphs>127</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Nominating Process modifications to be considered</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7253</CharactersWithSpaces>
+  <CharactersWithSpaces>7248</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>589860</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:gcurran@federalretirees.ca</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>